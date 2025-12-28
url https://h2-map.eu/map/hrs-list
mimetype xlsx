--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -420,51 +420,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:G175"/>
+  <dimension ref="A1:G178"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="58.8" customWidth="1" min="1" max="1"/>
     <col width="48" customWidth="1" min="2" max="2"/>
     <col width="64.8" customWidth="1" min="3" max="3"/>
     <col width="93.59999999999999" customWidth="1" min="4" max="4"/>
     <col width="15.6" customWidth="1" min="5" max="5"/>
     <col width="36" customWidth="1" min="6" max="6"/>
     <col width="19.2" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>name</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>HRS operator</t>
@@ -477,6250 +477,6250 @@
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>street address</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>postal code</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>city</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>country</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Groningen | Bornholmstraat</t>
+          <t>Herve</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Holthausen Energy Points B.V.</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Holthausen Energy Points B.V.</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Bornholmstraat 42</t>
+          <t>Outre-Cour 37</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>9723 AW</t>
+          <t>4651</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Groningen</t>
+          <t>Herve</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Amersfoort</t>
+          <t>Düsseldorf | Oerschbachstraße</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Fountain Fuel</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Fountain Fuel</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>De Windturbine 1-3</t>
+          <t>Oerschbachstraße 150</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>3815 KP</t>
+          <t>40591</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Amersfoort</t>
+          <t>Düsseldorf</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Nykvarn</t>
+          <t>Fellbach</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Skällbyvägen</t>
+          <t>Ohmstraße 25</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>15535</t>
+          <t>70736</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Nykvarn</t>
+          <t>Fellbach</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Dordrecht</t>
+          <t>Haasrode</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Hystream</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Greenpoint</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Laan der Verenigde Naties 113</t>
+          <t>Geldenaaksebaan 448</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>3316</t>
+          <t>3001</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Dordrecht</t>
+          <t>Leuven</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Heidelberg | Wieblinger Weg</t>
+          <t>Birmingham</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Motive Fuels</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Motive Fuels</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Wieblinger Weg 92</t>
+          <t>Tyseley Energy Park, Hay Mills</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>69123</t>
+          <t>B25 8DW</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Heidelberg</t>
+          <t>Birmingham</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>München | Wilhelm-Hale-Str.</t>
+          <t>Mariestad</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>VänerEnergi</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>VänerEnergi</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Wilhelm-Hale-Str. 55</t>
+          <t>Sörgårdsvägen 2</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>80639</t>
+          <t>54235</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>München</t>
+          <t>Mariestad</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Lillebonne</t>
+          <t>Chur</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>EASHyMob</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Caux Seine Agglomération</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>rue de la Bossaye</t>
+          <t>31 Ringstraße</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>76170</t>
+          <t>7000</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>Saint-Jean-de-Folleville</t>
+          <t>Chur</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Berlin | Rothenbachstraße</t>
+          <t>Hasbergen</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Rothenbachstr. 1</t>
+          <t>Hauptstraße 107</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>13089</t>
+          <t>49205</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>Berlin</t>
+          <t>Hasbergen</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Sindelfingen</t>
+          <t>Ingolstadt</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Neckarstraße 10</t>
+          <t>Manchinger Straße 84</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>71065</t>
+          <t>85053</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>Sindelfingen</t>
+          <t>Werneck</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Utrecht</t>
+          <t>Den Haag |Binckhorstlaan</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>BP Kerkhof &amp; Zn B.V.</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>De Heldinnenlaan 4</t>
+          <t>Binckhorstlaan 100</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>3543 MB</t>
+          <t>2516 BE</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>Utrecht</t>
+          <t>Den Haag</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Madrid | Avenida de Manoteras</t>
+          <t>Giengen an der Brenz</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Scale Gas</t>
+          <t>MorGen Mobility</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Scale Gas</t>
+          <t>MorGen Mobility</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Avenida de Manoteras 34</t>
+          <t>Frostelstr. 2</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>28050</t>
+          <t>89537</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>Madrid</t>
+          <t>Giengen an der Brenz</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Hallstadt</t>
+          <t>Frankenthal</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>MorGen Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>MorGen Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Michelinstr. 95</t>
+          <t>Am Edigheimer Schlag</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>96103</t>
+          <t>67227</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>Hallstadt</t>
+          <t>Frankenthal</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Amsterdam | Beiraweg</t>
+          <t>Flughafen Köln/Bonn</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Holthausen Energy Points B.V.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Holthausen Energy Points B.V.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Beiraweg 3A</t>
+          <t>Nordallee 1</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>1047 HN</t>
+          <t>51147</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>Amsterdam</t>
+          <t>Köln</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Haasrode</t>
+          <t>Kirchheim</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Geldenaaksebaan 448</t>
+          <t>Hauptstraße 1</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>3001</t>
+          <t>36275</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>Leuven</t>
+          <t>Kirchheim</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Wałbrzych</t>
+          <t>Prague | Barandov</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>ORLEN Benzina</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>ORLEN Unipetrol RPA s.r.o.</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Wysockiego 43</t>
+          <t>K Barrandovu 1136</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>58 304</t>
+          <t>15200</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>Wałbrzych</t>
+          <t>Prague</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Czechia</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Paris | Collegien</t>
+          <t>TotalEnergies H2 Utrecht</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Centre Commercial Bay 2, Rue du Général de Gaulle</t>
+          <t>De Heldinnenlaan 4</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>77090</t>
+          <t>3543 MB</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>Collégien</t>
+          <t>Utrecht</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Hunzenschwil</t>
+          <t>Wilrijk</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Gewerbestrasse 1</t>
+          <t>950 Boomsesteenweg</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>5502</t>
+          <t>2610</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>Hunzenschwil</t>
+          <t>Wilrijk</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Mariestad</t>
+          <t>Poznań</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>VänerEnergi</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>VänerEnergi</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Sörgårdsvägen 2</t>
+          <t>ul. Warszawska 231</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>54235</t>
+          <t>60-101</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>Mariestad</t>
+          <t>Poznań</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Roosendaal</t>
+          <t>Håby</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Aanwas 4</t>
+          <t>Tradenvägen 6</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>4704</t>
+          <t>45591</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>Roosendaal</t>
+          <t>Håby</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Bettembourg / Beetebuerg</t>
+          <t>Hunzenschwil</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>400 Zone Inustrielle Scheleck 3</t>
+          <t>Gewerbestrasse 1</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>3225</t>
+          <t>5502</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>Bettembourg</t>
+          <t>Hunzenschwil</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>Luxembourg</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Oslo | Høvik</t>
+          <t>TotalEnergies H2 Roosendaal</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Sandviksveien 17</t>
+          <t>Aanwas 4</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>1363</t>
+          <t>4704</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>Høvik</t>
+          <t>Roosendaal</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Paris | Aéroport de Paris-Orly</t>
+          <t>Zaventem-Brussels</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>rue d'Italie</t>
+          <t>Leuvensesteenweg 546</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>94390</t>
+          <t>1930</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>Paray-Vieille-Poste</t>
+          <t>Zaventem</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Herning</t>
+          <t>Passau | Sperrwies</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>MaierKorduletsch</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>MaierKorduletsch</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Vejlevej 5</t>
+          <t>Sperrwies 1</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>7400</t>
+          <t>94036</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>Herning</t>
+          <t>Passau</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>Denmark</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Giengen an der Brenz</t>
+          <t>Bern Bethlehem</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>MorGen Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>MorGen Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Frostelstr. 2</t>
+          <t>Eymattstrasse 15</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>89537</t>
+          <t>3027</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>Giengen an der Brenz</t>
+          <t>Bern</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Fürth</t>
+          <t>Metzingen</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>Hans-Vogel-Str. 55</t>
+          <t>Auchtertstraße 19</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>90765</t>
+          <t>72555</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>Fürth</t>
+          <t>Metzingen</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Katowice</t>
+          <t>Doetinchem</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>Kuster</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>Kuster</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>ul. Murckowska 22</t>
+          <t>Braamtseweg 10</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>40-001</t>
+          <t>7007CK</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>Katowice</t>
+          <t>Doetinchem</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>St. Gallen | Oberstraße</t>
+          <t>Freiburg | Gundelfinger Straße</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Osterwalder St. Gallen AG</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Oberstrasse 137</t>
+          <t>Gundelfinger Straße 27</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>9000</t>
+          <t>79108</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>St. Gallen</t>
+          <t>Freiburg</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Alkmaar</t>
+          <t>Katowice</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>HYGRO</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>NXT Mobility</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Diamantweg 32</t>
+          <t>ul. Murckowska 22</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>1812</t>
+          <t>40-001</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>Alkmaar</t>
+          <t>Katowice</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Eindhoven | Eisenhouwerlaan</t>
+          <t>Hamburg | Großmoorbogen</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Twinning Energy</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Twinning Energy</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Eisenhouwerlaan 11</t>
+          <t>Großmoorbogen 1</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>5631 NR</t>
+          <t>21079</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>Eindhoven</t>
+          <t>Hamburg</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Passau | Sperrwies</t>
+          <t>Hamburg - Flughafen</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>MaierKorduletsch</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>MaierKorduletsch</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Sperrwies 1</t>
+          <t>Weg beim Jäger 193</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>94036</t>
+          <t>22335</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>Passau</t>
+          <t>Hamburg</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Capelle</t>
+          <t>Sofia</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
-[...4 lines deleted...]
-          <t>TEAL Mobility</t>
+          <t>HitMobil</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Capelseweg 399</t>
+          <t>11, Iskarsko shose</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>2908 MD</t>
+          <t>1528</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>Capelle aan den IJssel</t>
+          <t>Sofia</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Bulgaria</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Hoofddorp</t>
+          <t>Moutiers</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Changing Lane 10</t>
+          <t>chemin de la Digue</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>2132 MD</t>
+          <t>73600</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>Hoofddorp</t>
+          <t>Moutiers</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Paris | Pontault-Combault</t>
+          <t>Groningen | Bornholmstraat</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>Holthausen Energy Points B.V.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>Holthausen Energy Points B.V.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>RN 4, Carrefour Pontault-Combault</t>
+          <t>Bornholmstraat 42</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>77340</t>
+          <t>9723 AW</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>Pontault-Combault</t>
+          <t>Groningen</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Nuremberg</t>
+          <t>Włocławek</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Juraleite 2</t>
+          <t>Toruńska 282</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>91220</t>
+          <t>87-805</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>Hormersdorf</t>
+          <t>Włocławek</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>Frenkendorf</t>
+          <t>Amersfoort</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>Fountain Fuel</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>Fountain Fuel</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>113d Rheinstraße</t>
+          <t>De Windturbine 1-3</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>4402</t>
+          <t>3815 KP</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>Frenkendorf</t>
+          <t>Amersfoort</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>Paris | Charles de Gaulle Airport</t>
+          <t>Essen</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Station de recharge Hydrogène Roissy CDG</t>
+          <t>Katenberger Str. 99</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>77290</t>
+          <t>45327</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>Mitry-Mory</t>
+          <t>Essen</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Aberdeen | Kittybrewster</t>
+          <t>Oslo | Høvik</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>BOC</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>BOC</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>38 Powis Terrace, Kittybrewster</t>
+          <t>Sandviksveien 17</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>AB25 3RF</t>
+          <t>1363</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>Aberdeen</t>
+          <t>Høvik</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Norway</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Hamburg - Flughafen</t>
+          <t>Lillebonne</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>EASHyMob</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Caux Seine Agglomération</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>Weg beim Jäger 193</t>
+          <t>rue de la Bossaye</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>22335</t>
+          <t>76170</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>Hamburg</t>
+          <t>Saint-Jean-de-Folleville</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Saarbrücken</t>
+          <t>Crissier</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Burbacher Str. 50</t>
+          <t>Chemin de Saugy 3</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>66117</t>
+          <t>1023</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>Saarbrücken</t>
+          <t>Crissier</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Rümlang</t>
+          <t>Münster</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>Westfalen AG</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>Westfalen AG</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Riedgrabenstraße 26</t>
+          <t>Kopenhagener Straße 19</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>8153</t>
+          <t>48163</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>Rümlang</t>
+          <t>Münster</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Hasbergen</t>
+          <t>Kolhorn | Havenweg</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia Marees</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia Marees</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>Hauptstraße 107</t>
+          <t>Havenweg 14</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>49205</t>
+          <t>1767 EC</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>Hasbergen</t>
+          <t>Kolhorn</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>Lublin | Erazma Plewińskiego</t>
+          <t>London | Hatton Cross | Heathrow Airport</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>Air Products</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>Air Products</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Erazma Plewińskiego</t>
+          <t>Envoy Avenue</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>20-270</t>
+          <t>TW6 2GE</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>Lublin</t>
+          <t>London</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Dordrecht</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Linde Gáz Magyarország Zrt</t>
+          <t>Hystream</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Linde Gáz Magyarország Zrt</t>
+          <t>Greenpoint</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Illatos út 11/a</t>
+          <t>Laan der Verenigde Naties 113</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>1097</t>
+          <t>3316</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Dordrecht</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>Hungary</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>Dresden</t>
+          <t>Mannheim</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Wiener Strasse 39</t>
+          <t>Schlachthofstraße 32</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>01069</t>
+          <t>68165</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>Dresden</t>
+          <t>Mannheim</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>Oldenburg</t>
+          <t>Westre</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Grenzland Energie Projekte</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Grenzland Energie Projekte</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>Cloppenburger Str.  154</t>
+          <t>Grenzstraße 1</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>26133</t>
+          <t>25926</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>Oldenburg</t>
+          <t>Westre</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>Frankfurt | Hoechst</t>
+          <t>Wesseling</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Infraserv</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>Infraserv</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>Otto-Horn-Straße</t>
+          <t>Ahrstraße 99</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>65926</t>
+          <t>50389</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>Frankfurt am Main</t>
+          <t>Wesseling</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>Villabé</t>
+          <t>Reykjavík</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Hyliko</t>
+          <t>Skeljungur hf</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>Hyliko</t>
+          <t>H2 Iceland</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Square des Brateaux</t>
+          <t>Grjótháls</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>91100</t>
+          <t>110</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>Villabé</t>
+          <t>Reykjavík</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Iceland</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>Essen</t>
+          <t>Wałbrzych</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
-[...4 lines deleted...]
-          <t>H2 Mobility</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Katenberger Str. 99</t>
+          <t>Wysockiego 43</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>45327</t>
+          <t>58 304</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>Essen</t>
+          <t>Wałbrzych</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>Doetinchem</t>
+          <t>Nykvarn</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Kuster</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Kuster</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Braamtseweg 10</t>
+          <t>Skällbyvägen</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>7007CK</t>
+          <t>15535</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>Doetinchem</t>
+          <t>Nykvarn</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>Düren</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Linde Gáz Magyarország Zrt</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Linde Gáz Magyarország Zrt</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Im Großen Tal 1</t>
+          <t>Illatos út 11/a</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>52353</t>
+          <t>1097</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>Düren</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Hungary</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>Wendlingen</t>
+          <t>Vannes | Avenue Edouard Michelin</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>GNVert</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>HYGO</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Heinrich-Otto-Str.  2</t>
+          <t>Avenue Edouard Michelin</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>73240</t>
+          <t>56000</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>Wendlingen</t>
+          <t>Vannes</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>Fürholzen West</t>
+          <t>Landshut</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Tank &amp; Rast</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>Tank &amp; Rast</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Günzenhauser Straße 9</t>
+          <t>Ludwig-Erhard-Str.</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>85376</t>
+          <t>84030</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>Neufahrn bei Freising</t>
+          <t>Landshut</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>Poznań</t>
+          <t>Amsterdam | Australiehavenweg</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>ul. Warszawska 231</t>
+          <t>Australiëhavenweg 116</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>60-101</t>
+          <t>1046 BR</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>Poznań</t>
+          <t>Amsterdam</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>Prague | Barandov</t>
+          <t>Horst</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>ORLEN Benzina</t>
+          <t>Vissers Energy Group</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>ORLEN Unipetrol RPA s.r.o.</t>
+          <t>Vissers Energy Group</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>K Barrandovu 1136</t>
+          <t>Stationsstraat 92</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>15200</t>
+          <t>5961HS</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>Prague</t>
+          <t>Horst</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>Czechia</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>Westre</t>
+          <t>Rybnik</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Grenzland Energie Projekte</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>Grenzland Energie Projekte</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Grenzstraße 1</t>
+          <t>Budowlanych 6</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>25926</t>
+          <t>44-200</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>Westre</t>
+          <t>Rybnik</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>Ollignies</t>
+          <t>Herten</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>Rue de la Verte Louche 2</t>
+          <t>Marie-Curie-Straße / Albert-Einstein-Allee</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>7866</t>
+          <t>45699</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>Lessen</t>
+          <t>Herten</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>Düsseldorf | Oerschbachstraße</t>
+          <t>Sandviken</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>Oerschbachstraße 150</t>
+          <t>Sätragatan 17</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>40591</t>
+          <t>81161</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>Düsseldorf</t>
+          <t>Sandviken</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>Bayreuth</t>
+          <t>Frankfurt | Hanauer Landstraße</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>Christian-Ritter-von-Langheinrich 2</t>
+          <t>Hanauer Landstr. 334</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>95448</t>
+          <t>60314</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>Bayreuth</t>
+          <t>Frankfurt am Main</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>Saint Lô</t>
+          <t>Villabé</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Conseil Général de la Manche</t>
+          <t>Hyliko</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>Conseil Général de la Manche</t>
+          <t>Hyliko</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>98 Route de Candol</t>
+          <t>Square des Brateaux</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>50000</t>
+          <t>91100</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>Saint Lô</t>
+          <t>Villabé</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>Amsterdam | Australiehavenweg</t>
+          <t>Augsburg | GVZ</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Tyczka Hydrogen</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Tyczka Hydrogen</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>Australiëhavenweg 116</t>
+          <t>Frankfurter Straße 12</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>1046 BR</t>
+          <t>86156</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>Amsterdam</t>
+          <t>Augsburg</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>Frankenthal</t>
+          <t>Wendlingen</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Am Edigheimer Schlag</t>
+          <t>Heinrich-Otto-Str.  2</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>67227</t>
+          <t>73240</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>Frankenthal</t>
+          <t>Wendlingen</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>Berg bei Hof</t>
+          <t>Frankfurt | Hoechst</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Infraserv</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Infraserv</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>Sieggrubenstraße 5</t>
+          <t>Otto-Horn-Straße</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>95180</t>
+          <t>65926</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>Berg bei Hof</t>
+          <t>Frankfurt am Main</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>Den Haag |Binckhorstlaan</t>
+          <t>Ollignies</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>BP Kerkhof &amp; Zn B.V.</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>Binckhorstlaan 100</t>
+          <t>Rue de la Verte Louche 2</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>2516 BE</t>
+          <t>7866</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>Den Haag</t>
+          <t>Lessen</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>Gießen</t>
+          <t>Bayreuth</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>CE Station</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>CE Station</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>Schiffenberger Weg 123</t>
+          <t>Christian-Ritter-von-Langheinrich 2</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>35394</t>
+          <t>95448</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>Gießen</t>
+          <t>Bayreuth</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>Limburg</t>
+          <t>Sindelfingen</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>Brüsseler Straße 5A</t>
+          <t>Neckarstraße 10</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>65552</t>
+          <t>71065</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>Limburg an der Lahn</t>
+          <t>Sindelfingen</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>Évreux</t>
+          <t>Laatzen</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Atawey</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>SIEGE 27</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>246 rue Maryse Bastier (ZAC du long buisson)</t>
+          <t>Karlsruher Str. 12</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>27930</t>
+          <t>30880</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>Le-Viel-Évreux</t>
+          <t>Laatzen</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>Zaventem-Brussels</t>
+          <t>Berlin | Rothenbachstraße</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>Leuvensesteenweg 546</t>
+          <t>Rothenbachstr. 1</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>1930</t>
+          <t>13089</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>Zaventem</t>
+          <t>Berlin</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>Duisburg</t>
+          <t>Paris | Porte de Saint Cloud</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>Am Schlueterhof  27</t>
+          <t>22 av Dode de la Brunerie</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>47059</t>
+          <t>75016</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>Duisburg</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>Włocławek</t>
+          <t>Assen</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>Toruńska 282</t>
+          <t>Duitslandlaan 1</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>87-805</t>
+          <t>9403 DL</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>Włocławek</t>
+          <t>Assen</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>Sofia</t>
+          <t>Gießen</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>HitMobil</t>
+          <t>CE Station</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>CE Station</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>11, Iskarsko shose</t>
+          <t>Schiffenberger Weg 123</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>1528</t>
+          <t>35394</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>Sofia</t>
+          <t>Gießen</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>Bulgaria</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>Metzingen</t>
+          <t>Rümlang</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>Auchtertstraße 19</t>
+          <t>Riedgrabenstraße 26</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>72555</t>
+          <t>8153</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>Metzingen</t>
+          <t>Rümlang</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>Ingolstadt</t>
+          <t>Berlin | Rummelsburger Landstraße</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>Manchinger Straße 84</t>
+          <t>Rummelsburger Landstraße</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>85053</t>
+          <t>12459</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>Werneck</t>
+          <t>Berlin</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>Les Sables d´Olonne</t>
+          <t>Puertollano | Ciudad Real</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Vendée Energie</t>
+          <t>Centro Nacional del Hidrógeno</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>SyDEV</t>
+          <t>Centro Nacional del Hidrógeno</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>1 Rue de la Fête</t>
+          <t>Prolongación Fernando el Santo s/n</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>85340</t>
+          <t>13500</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>Les Sables d´Olonnes</t>
+          <t>Puertollano</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Spain</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>Kirchheim</t>
+          <t>Husum</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>eFarming</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>eFarming</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>Hauptstraße 1</t>
+          <t>Andreas-Clausen-Str. 3</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>36275</t>
+          <t>25813</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>Kirchheim</t>
+          <t>Husum</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>Mannheim</t>
+          <t>Aberdeen | City Hydrogen Energy Storage (ACHES)</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Norco Energy</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Aberdeen City Council</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>Schlachthofstraße 32</t>
+          <t>Langdykes Road</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>68165</t>
+          <t>AB12 3SH</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>Mannheim</t>
+          <t>Aberdeen</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>Antwerpen | Mexicostraat</t>
+          <t>Paris | Pont de l'Alma</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>CMB.TECH</t>
+          <t>Air Liquide</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>CMB.TECH</t>
+          <t>Air Liquide</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>Mexicostraat 11</t>
+          <t>Place de l'Alma</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>2030</t>
+          <t>75008</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>Antwerpen</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>Vannes | Avenue Edouard Michelin</t>
+          <t>Lublin | Erazma Plewińskiego</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>GNVert</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>HYGO</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>Avenue Edouard Michelin</t>
+          <t>Erazma Plewińskiego</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>56000</t>
+          <t>20-270</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>Vannes</t>
+          <t>Lublin</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>Geuensee</t>
+          <t>Leverkusen</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>2 Schäracher</t>
+          <t>Karl-Krekerler-Str. 2</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>6232</t>
+          <t>51373</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>Geuensee</t>
+          <t>Leverkusen</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>Salaise</t>
+          <t>Limburg</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>Avenue du Port</t>
+          <t>Brüsseler Straße 5A</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
-          <t>38150</t>
+          <t>65552</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>Salaise-sur-Sanne</t>
+          <t>Limburg an der Lahn</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>Müntschemier</t>
+          <t>Berg bei Hof</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Schwab-Guillod AG</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>Schwab-Guillod AG</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>Lagerhausweg 7</t>
+          <t>Sieggrubenstraße 5</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>3225</t>
+          <t>95180</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>Müntschemier</t>
+          <t>Berg bei Hof</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>Oude-Tonge</t>
+          <t>Herning</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Greenpoint</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>Greenpoint</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>Tonisseweg 8</t>
+          <t>Vejlevej 5</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>3255 LT</t>
+          <t>7400</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>Oude-Tonge</t>
+          <t>Herning</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Denmark</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>Landshut</t>
+          <t>Douains</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Atawey</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>SIEGE 27</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>Ludwig-Erhard-Str.</t>
+          <t>Avenue du Capitaine Vandière de Vitrac</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>84030</t>
+          <t>27120</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>Landshut</t>
+          <t>Douains</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>Sorigny</t>
+          <t>Fürth</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>CCTVI</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>CCTVI</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>Rue Charles Lindberg</t>
+          <t>Hans-Vogel-Str. 55</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>37250</t>
+          <t>90765</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>Sorigny</t>
+          <t>Fürth</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>Berlin | Rummelsburger Landstraße</t>
+          <t>Bad Homburg</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>Rummelsburger Landstraße</t>
+          <t>Ober-Eschbacher Str. 142</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>12459</t>
+          <t>61352</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>Berlin</t>
+          <t>Bad Homburg</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>Grauholz</t>
+          <t>Saarbrücken</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>SOCAR Energy Switzerland</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>SOCAR Energy Switzerland</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>Grauholz-Süd A1</t>
+          <t>Burbacher Str. 50</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>3063</t>
+          <t>66117</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>Ittigen</t>
+          <t>Saarbrücken</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>Laatzen</t>
+          <t>Breda</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TotalEnergies Gas Mobility</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TotalEnergies Gas Mobility</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>Karlsruher Str. 12</t>
+          <t>Minervum 7001</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>30880</t>
+          <t>4817</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>Laatzen</t>
+          <t>Breda</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>Frankfurt | Hanauer Landstraße</t>
+          <t>Halle</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>Hanauer Landstr. 334</t>
+          <t>Zinkstraat 1</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>60314</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>Frankfurt am Main</t>
+          <t>Halle</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>Rheda-Wiedenbrück | Bielefelder Str</t>
+          <t>Warsaw | Tango Street</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>Bielefelder Str. 145</t>
+          <t>Tango Street 4</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>33378</t>
+          <t>02-825</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>Rheda-Wiedenbrück</t>
+          <t>Warsaw</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>Bern Bethlehem</t>
+          <t>Amsterdam | Beiraweg</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>Holthausen Energy Points B.V.</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>Holthausen Energy Points B.V.</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>Eymattstrasse 15</t>
+          <t>Beiraweg 3A</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>3027</t>
+          <t>1047 HN</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>Bern</t>
+          <t>Amsterdam</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>Paris | Drancy</t>
+          <t>Dresden</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>60 rue Saint-Stenay</t>
+          <t>Wiener Strasse 39</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>92700</t>
+          <t>01069</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>Drancy</t>
+          <t>Dresden</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>Reykjavík</t>
+          <t>Heidelberg | Wieblinger Weg</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Skeljungur hf</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>H2 Iceland</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>Grjótháls</t>
+          <t>Wieblinger Weg 92</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>69123</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>Reykjavík</t>
+          <t>Heidelberg</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>Iceland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>Kolhorn | Havenweg</t>
+          <t>Antwerpen | Mexicostraat</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Avia Marees</t>
+          <t>CMB.TECH</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>Avia Marees</t>
+          <t>CMB.TECH</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>Havenweg 14</t>
+          <t>Mexicostraat 11</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>1767 EC</t>
+          <t>2030</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>Kolhorn</t>
+          <t>Antwerpen</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>Halle</t>
+          <t>Müntschemier</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>Schwab-Guillod AG</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>Schwab-Guillod AG</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>Zinkstraat 1</t>
+          <t>Lagerhausweg 7</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>3225</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>Halle</t>
+          <t>Müntschemier</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>Erlangen</t>
+          <t>Geuensee</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>Bunsenstraße  76</t>
+          <t>2 Schäracher</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>91058</t>
+          <t>6232</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>Erlangen</t>
+          <t>Geuensee</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>St. Gallen | Industriestraße</t>
+          <t>Schötz</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>LANDI Luzern-West</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>LANDI Luzern-West</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>Industriestraße 149</t>
+          <t>Schürmatt 5</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>9200</t>
+          <t>6247</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>Gossau</t>
+          <t>Schötz</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>Leverkusen</t>
+          <t>Port of Gothenburg</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>Karl-Krekerler-Str. 2</t>
+          <t>NORDSJÖN 6</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>51373</t>
+          <t>41834</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>Leverkusen</t>
+          <t>Gothenburg</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>Port of Gothenburg</t>
+          <t>Sorigny</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>CCTVI</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>CCTVI</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>NORDSJÖN 6</t>
+          <t>Rue Charles Lindberg</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>41834</t>
+          <t>37250</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>Gothenburg</t>
+          <t>Sorigny</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>Albacete</t>
+          <t>München | Wilhelm-Hale-Str.</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>AJUSA</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>AJUSA</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>Parque Empresarial Ajusa, Calle 2</t>
+          <t>Wilhelm-Hale-Str. 55</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>02006</t>
+          <t>80639</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>Albacete</t>
+          <t>München</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>Cournon d'Auvergne</t>
+          <t>Annecy | Chemin de la Prairie</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Hympulsion</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>Hympulsion</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>Bd Danielle Mitterand</t>
+          <t>Chemin de la Prairie</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>63800</t>
+          <t>74000</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>Cournon d'Auvergne</t>
+          <t>Annecy</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>Erpe-Mere</t>
+          <t>Paris | Collegien</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>Gentsesteenweg 239</t>
+          <t>Centre Commercial Bay 2, Rue du Général de Gaulle</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>9420</t>
+          <t>77090</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>Erpe-Mere</t>
+          <t>Collégien</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>Flughafen Köln/Bonn</t>
+          <t>Oude-Tonge</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Greenpoint</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Greenpoint</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>Nordallee 1</t>
+          <t>Tonisseweg 8</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>51147</t>
+          <t>3255 LT</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>Köln</t>
+          <t>Oude-Tonge</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>Aberdeen | City Hydrogen Energy Storage (ACHES)</t>
+          <t>Cournon d'Auvergne</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Norco Energy</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>Aberdeen City Council</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>Langdykes Road</t>
+          <t>Bd Danielle Mitterand</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
-          <t>AB12 3SH</t>
+          <t>63800</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>Aberdeen</t>
+          <t>Cournon d'Auvergne</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>Strasbourg | R-Hynoca</t>
+          <t>TotalEnergies H2 Nuremberg</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>R-Hynoca</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>R-Hynoca</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>78 rue de la plaine des bouchers</t>
+          <t>Juraleite 2</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>67100</t>
+          <t>91220</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>Strasbourg</t>
+          <t>Hormersdorf</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>Herten</t>
+          <t>Les Sables d´Olonne</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Vendée Energie</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>SyDEV</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>Marie-Curie-Straße / Albert-Einstein-Allee</t>
+          <t>1 Rue de la Fête</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>45699</t>
+          <t>85340</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>Herten</t>
+          <t>Les Sables d´Olonnes</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>Chur</t>
+          <t>Magdeburg</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>31 Ringstraße</t>
+          <t>Glindenberger Weg 3</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>7000</t>
+          <t>39126</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>Chur</t>
+          <t>Magdeburg</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>Annecy | Chemin de la Prairie</t>
+          <t>Braunschweig</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>Chemin de la Prairie</t>
+          <t>Hamburger Str. 211</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>74000</t>
+          <t>38112</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>Annecy</t>
+          <t>Braunschweig</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>Horst</t>
+          <t>Rheda-Wiedenbrück | Bielefelder Str</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Vissers Energy Group</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Vissers Energy Group</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>Stationsstraat 92</t>
+          <t>Bielefelder Str. 145</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>5961HS</t>
+          <t>33378</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>Horst</t>
+          <t>Rheda-Wiedenbrück</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>Sandviken</t>
+          <t>Eindhoven | Eisenhouwerlaan</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Twinning Energy</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Twinning Energy</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>Sätragatan 17</t>
+          <t>Eisenhouwerlaan 11</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>81161</t>
+          <t>5631 NR</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>Sandviken</t>
+          <t>Eindhoven</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>Rybnik</t>
+          <t>Paris | Drancy</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>Budowlanych 6</t>
+          <t>60 rue Saint-Stenay</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>44-200</t>
+          <t>92700</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>Rybnik</t>
+          <t>Drancy</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>Freiburg | Gundelfinger Straße</t>
+          <t>Strasbourg | R-Hynoca</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>R-Hynoca</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>R-Hynoca</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>Gundelfinger Straße 27</t>
+          <t>78 rue de la plaine des bouchers</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>79108</t>
+          <t>67100</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>Freiburg</t>
+          <t>Strasbourg</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>Schötz</t>
+          <t>Erlangen</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>LANDI Luzern-West</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>LANDI Luzern-West</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>Schürmatt 5</t>
+          <t>Bunsenstraße  76</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>6247</t>
+          <t>91058</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>Schötz</t>
+          <t>Erlangen</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>Lyon | Vénissieux</t>
+          <t>Paris | Aéroport de Paris-Orly</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>Chemin de Tâche Velin</t>
+          <t>rue d'Italie</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
-          <t>69200</t>
+          <t>94390</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>Vénissieux</t>
+          <t>Paray-Vieille-Poste</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>Magdeburg</t>
+          <t>Pesse</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Green Planet</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Green Planet Real Estate B.V.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>Glindenberger Weg 3</t>
+          <t>Bultinge 2</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>39126</t>
+          <t>7933 TW</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>Magdeburg</t>
+          <t>Pesse</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>Breda</t>
+          <t>St. Gallen | Industriestraße</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>TotalEnergies Gas Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>TotalEnergies Gas Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>Minervum 7001</t>
+          <t>Industriestraße 149</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>4817</t>
+          <t>9200</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>Breda</t>
+          <t>Gossau</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>Warsaw | Tango Street</t>
+          <t>Saint Lô</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>Conseil Général de la Manche</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>Conseil Général de la Manche</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>Tango Street 4</t>
+          <t>98 Route de Candol</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>02-825</t>
+          <t>50000</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>Warsaw</t>
+          <t>Saint Lô</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>Douains</t>
+          <t>Lyon | Vénissieux</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Atawey</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>SIEGE 27</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>Avenue du Capitaine Vandière de Vitrac</t>
+          <t>Chemin de Tâche Velin</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
-          <t>27120</t>
+          <t>69200</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>Douains</t>
+          <t>Vénissieux</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>Paris | Porte de Saint Cloud</t>
+          <t>Duisburg</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>22 av Dode de la Brunerie</t>
+          <t>Am Schlueterhof  27</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
-          <t>75016</t>
+          <t>47059</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Duisburg</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>Münster</t>
+          <t>Paris West</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Westfalen AG</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>Westfalen AG</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>Kopenhagener Straße 19</t>
+          <t>Rue de la Croix Blanche</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
-          <t>48163</t>
+          <t>78350</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>Münster</t>
+          <t>Les Loges-en-Josas</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>Braunschweig</t>
+          <t>Salaise</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>Hamburger Str. 211</t>
+          <t>Avenue du Port</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
-          <t>38112</t>
+          <t>38150</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>Braunschweig</t>
+          <t>Salaise-sur-Sanne</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>Assen</t>
+          <t>Rothenburg</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>LANDI Sempach-Emmen</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>LANDI Sempach-Emmen</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>Duitslandlaan 1</t>
+          <t>Stationsstraße 82</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>9403 DL</t>
+          <t>6023</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>Assen</t>
+          <t>Rothenburg</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>Aschaffenburg</t>
+          <t>Clermont-Ferrand</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Stadtwerke Aschaffenburg</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>Stadtwerke Aschaffenburg</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>Hefner-Alteneck-Straße 28</t>
+          <t>Rue du Québec</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>63743</t>
+          <t>63100</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>Aschaffenburg</t>
+          <t>Clermont-Ferrand</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>Niebüll</t>
+          <t>FaHyence</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>eFarming</t>
+          <t>Mob'Hy</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>eFarming</t>
+          <t>Communauté d'Agglomération Sarreguemines Confluences</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>Ostring 2B</t>
+          <t>1 rue Jean-Baptiste Dumaire</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>25899</t>
+          <t>57200</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>Niebüll</t>
+          <t>Sarreguemines</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Schönefeld-Berlin</t>
+          <t>Évreux</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Atawey</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>SIEGE 27</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>Elly-Beinhorn-Ring 2a</t>
+          <t>246 rue Maryse Bastier (ZAC du long buisson)</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>12529</t>
+          <t>27930</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>Schönefeld</t>
+          <t>Le-Viel-Évreux</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>Paris | Pont de l'Alma</t>
+          <t>Hoofddorp</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Air Liquide</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>Air Liquide</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>Place de l'Alma</t>
+          <t>Changing Lane 10</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>75008</t>
+          <t>2132 MD</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Hoofddorp</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>Nieuwegein</t>
+          <t>Litvinov</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Greenpoint</t>
+          <t>ORLEN Benzina</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>Hysolar</t>
+          <t>ORLEN Unipetrol RPA s.r.o.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>Morsebaan 1</t>
+          <t>silnice č. 27, Záluží</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
-          <t>3439 NA</t>
+          <t>43601</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>Nieuwegein</t>
+          <t>Litvinov</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Czechia</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>Litvinov</t>
+          <t>Erpe-Mere</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>ORLEN Benzina</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>ORLEN Unipetrol RPA s.r.o.</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>silnice č. 27, Záluží</t>
+          <t>Gentsesteenweg 239</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
-          <t>43601</t>
+          <t>9420</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>Litvinov</t>
+          <t>Erpe-Mere</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>Czechia</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>Crissier</t>
+          <t>Alkmaar</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>HYGRO</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>NXT Mobility</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>Chemin de Saugy 3</t>
+          <t>Diamantweg 32</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>1023</t>
+          <t>1812</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>Crissier</t>
+          <t>Alkmaar</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>Hamburg | Großmoorbogen</t>
+          <t>Paris | Charles de Gaulle Airport</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>Großmoorbogen 1</t>
+          <t>Station de recharge Hydrogène Roissy CDG</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>21079</t>
+          <t>77290</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>Hamburg</t>
+          <t>Mitry-Mory</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>London | Hatton Cross | Heathrow Airport</t>
+          <t>Aschaffenburg</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Air Products</t>
+          <t>Stadtwerke Aschaffenburg</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>Air Products</t>
+          <t>Stadtwerke Aschaffenburg</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>Envoy Avenue</t>
+          <t>Hefner-Alteneck-Straße 28</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
-          <t>TW6 2GE</t>
+          <t>63743</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>London</t>
+          <t>Aschaffenburg</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>Augsburg | GVZ</t>
+          <t>Albacete</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Tyczka Hydrogen</t>
+          <t>AJUSA</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>Tyczka Hydrogen</t>
+          <t>AJUSA</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>Frankfurter Straße 12</t>
+          <t>Parque Empresarial Ajusa, Calle 2</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>86156</t>
+          <t>02006</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>Augsburg</t>
+          <t>Albacete</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Spain</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>Herve</t>
+          <t>Aberdeen | Kittybrewster</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>BOC</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>BOC</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>Outre-Cour 37</t>
+          <t>38 Powis Terrace, Kittybrewster</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>4651</t>
+          <t>AB25 3RF</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>Herve</t>
+          <t>Aberdeen</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>Paris West</t>
+          <t>Frenkendorf</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>Rue de la Croix Blanche</t>
+          <t>113d Rheinstraße</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>78350</t>
+          <t>4402</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>Les Loges-en-Josas</t>
+          <t>Frenkendorf</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>Håby</t>
+          <t>Paris | Pontault-Combault</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>Tradenvägen 6</t>
+          <t>RN 4, Carrefour Pontault-Combault</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>45591</t>
+          <t>77340</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>Håby</t>
+          <t>Pontault-Combault</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>Copenhagen - S</t>
+          <t>Madrid | Avenida de Manoteras</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>Scale Gas</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>Scale Gas</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>Prags Boulevard 69B</t>
+          <t>Avenida de Manoteras 34</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>2300</t>
+          <t>28050</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>Copenhagen - S</t>
+          <t>Madrid</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
-          <t>Denmark</t>
+          <t>Spain</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>Birmingham</t>
+          <t>Niebüll</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Motive Fuels</t>
+          <t>eFarming</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>Motive Fuels</t>
+          <t>eFarming</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>Tyseley Energy Park, Hay Mills</t>
+          <t>Ostring 2B</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
-          <t>B25 8DW</t>
+          <t>25899</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>Birmingham</t>
+          <t>Niebüll</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Gdansk</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Jabloniowa</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>80-175</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>Gdansk</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>La-Roche-sur-Yon</t>
+          <t>Rotherham | Hydrogen Mini Grid</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Vendée Energie</t>
+          <t>Motive Fuels</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>SyDEV</t>
+          <t>Motive Fuels</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>Route de Nantes</t>
+          <t>Advanced Manufacturing Park, Morse Way, off Brunel Way, Catcliffe, Rotherham</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>S60 5WG</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>La-Roche-sur-Yon</t>
+          <t>Rotherham</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>Stockholm-Arlanda</t>
+          <t>St. Gallen | Oberstraße</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Osterwalder St. Gallen AG</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>Pilotvägen 2</t>
+          <t>Oberstrasse 137</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>19060</t>
+          <t>9000</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>Arlanda</t>
+          <t>St. Gallen</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>Fellbach</t>
+          <t>La-Roche-sur-Yon</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Vendée Energie</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>SyDEV</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>Ohmstraße 25</t>
+          <t>Route de Nantes</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>70736</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>Fellbach</t>
+          <t>La-Roche-sur-Yon</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>Arnhem</t>
+          <t>Stockholm-Arlanda</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>TotalEnergies Gas Mobility</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>TotalEnergies Gas Mobility</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>Westervoortsedijk 71 C</t>
+          <t>Pilotvägen 2</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>6827 AV</t>
+          <t>19060</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>Arnhem</t>
+          <t>Arlanda</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>Rothenburg</t>
+          <t>Copenhagen - S</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>LANDI Sempach-Emmen</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>LANDI Sempach-Emmen</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>Stationsstraße 82</t>
+          <t>Prags Boulevard 69B</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>6023</t>
+          <t>2300</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>Rothenburg</t>
+          <t>Copenhagen - S</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Denmark</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>Puertollano | Ciudad Real</t>
+          <t>Paris | Le Bourget</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Centro Nacional del Hidrógeno</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>Centro Nacional del Hidrógeno</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>Prolongación Fernando el Santo s/n</t>
+          <t>Place Charles Lindbergh</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>13500</t>
+          <t>93350</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>Puertollano</t>
+          <t>Le Bourget</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>Paris | Le Bourget</t>
+          <t>Arnhem</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TotalEnergies Gas Mobility</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TotalEnergies Gas Mobility</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>Place Charles Lindbergh</t>
+          <t>Westervoortsedijk 71 C</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>93350</t>
+          <t>6827 AV</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>Le Bourget</t>
+          <t>Arnhem</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>Stuttgart | Flughafen</t>
+          <t>Berlin | Tempelhofer Weg</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>Flughafenstraße 70</t>
+          <t>Tempelhofer Weg 102</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>70629</t>
+          <t>12347</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>Echterdingen</t>
+          <t>Berlin</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>Maché</t>
+          <t>TotalEnergies H2 Schönefeld-Berlin</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Brétéché</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>ZA de Bel Air - D948</t>
+          <t>Elly-Beinhorn-Ring 2a</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>85190</t>
+          <t>12529</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>Maché</t>
+          <t>Schönefeld</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>Zofingen</t>
+          <t>Biebelried</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>LANDI Zofingen</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>LANDI Zofingen</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>Bleicheweg 6</t>
+          <t>Würzburger Str.  55</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>4800</t>
+          <t>97318</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>Zofingen</t>
+          <t>Biebelried</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>FaHyence</t>
+          <t>Dole</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Mob'Hy</t>
+          <t>DATS 24 France</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Communauté d'Agglomération Sarreguemines Confluences</t>
+          <t>Grand Dole</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>1 rue Jean-Baptiste Dumaire</t>
+          <t>D321</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>57200</t>
+          <t>39100</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>Sarreguemines</t>
+          <t>Damparis</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>Wilrijk</t>
+          <t>Stuttgart | Flughafen</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>950 Boomsesteenweg</t>
+          <t>Flughafenstraße 70</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>2610</t>
+          <t>70629</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>Wilrijk</t>
+          <t>Echterdingen</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>Berlin | Tempelhofer Weg</t>
+          <t>Zofingen</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>LANDI Zofingen</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>LANDI Zofingen</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>Tempelhofer Weg 102</t>
+          <t>Bleicheweg 6</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>12347</t>
+          <t>4800</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>Berlin</t>
+          <t>Zofingen</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>Hamburg | Schnackenburgallee</t>
+          <t>Maché</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Brétéché</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>Schnackenburgallee 12</t>
+          <t>ZA de Bel Air - D948</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>22525</t>
+          <t>85190</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>Hamburg</t>
+          <t>Maché</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Hirschberg</t>
+          <t>Düren</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>Goldbeckstr. 1</t>
+          <t>Im Großen Tal 1</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
-          <t>69493</t>
+          <t>52353</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>Hirschberg an der Bergstraße</t>
+          <t>Düren</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>Biebelried</t>
+          <t>TotalEnergies H2 Reims</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Total Energies Marketing France</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>Würzburger Str.  55</t>
+          <t>Aire Reims Champagne Sud</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>97318</t>
+          <t>51400</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>Biebelried</t>
+          <t>Les Petites Loges</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>Port Talbot</t>
+          <t>Grauholz</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>University of South Wales</t>
+          <t>SOCAR Energy Switzerland</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>University of South Wales</t>
+          <t>SOCAR Energy Switzerland</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Baglan</t>
+          <t>Grauholz-Süd A1</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>SA12 7AX</t>
+          <t>3063</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>Port Talbot</t>
+          <t>Ittigen</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>Dole</t>
+          <t>Fürholzen West</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>DATS 24 France</t>
+          <t>Tank &amp; Rast</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>Grand Dole</t>
+          <t>Tank &amp; Rast</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>D321</t>
+          <t>Günzenhauser Straße 9</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>39100</t>
+          <t>85376</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>Damparis</t>
+          <t>Neufahrn bei Freising</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>Bad Homburg</t>
+          <t>Nieuwegein</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Greenpoint</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hysolar</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>Ober-Eschbacher Str. 142</t>
+          <t>Morsebaan 1</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>61352</t>
+          <t>3439 NA</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>Bad Homburg</t>
+          <t>Nieuwegein</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>Clermont-Ferrand</t>
+          <t>TotalEnergies H2 Hirschberg</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>Rue du Québec</t>
+          <t>Goldbeckstr. 1</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>63100</t>
+          <t>69493</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>Clermont-Ferrand</t>
+          <t>Hirschberg an der Bergstraße</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>Weiterstadt</t>
+          <t>Oldenburg</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>Robert-Koch-Str. 1</t>
+          <t>Cloppenburger Str.  154</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>64331</t>
+          <t>26133</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>Weiterstadt</t>
+          <t>Oldenburg</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>Wesseling</t>
+          <t>Port Talbot</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>University of South Wales</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>University of South Wales</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>Ahrstraße 99</t>
+          <t>Baglan</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>50389</t>
+          <t>SA12 7AX</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>Wesseling</t>
+          <t>Port Talbot</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>Husum</t>
+          <t>Neumuenster</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>eFarming</t>
+          <t>Hypion Motion Neumünster GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>eFarming</t>
+          <t>Hypion Motion Neumünster GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>Andreas-Clausen-Str. 3</t>
+          <t>Donaubogen 4</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>25813</t>
+          <t>24539</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>Husum</t>
+          <t>Neumuenster</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>Moutiers</t>
+          <t>Paris | Vitry</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>chemin de la Digue</t>
+          <t>Quai Jules Guesde</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>73600</t>
+          <t>94400</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>Moutiers</t>
+          <t>Vitry sur Seine</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>Pesse</t>
+          <t>Weiterstadt</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Green Planet</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Green Planet Real Estate B.V.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>Bultinge 2</t>
+          <t>Robert-Koch-Str. 1</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>7933 TW</t>
+          <t>64331</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>Pesse</t>
+          <t>Weiterstadt</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>Neumuenster</t>
+          <t>TotalEnergies H2 Veldhoven</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Hypion Motion Neumünster GmbH &amp; Co. KG</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Hypion Motion Neumünster GmbH &amp; Co. KG</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>Donaubogen 4</t>
+          <t>De Run 4232</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>24539</t>
+          <t>5503 LL</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>Neumuenster</t>
+          <t>Veldhoven</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>Huesca</t>
+          <t>Lohfelden</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Aragon Hydrogen Foundation</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Aragon Hydrogen Foundation</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>Walqa Technology Park</t>
+          <t>Alexander-von-Humboldt-Str. 1</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>22197</t>
+          <t>34253</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>Huesca</t>
+          <t>Lohfelden</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>Paris | Vitry</t>
+          <t>Hamburg | Schnackenburgallee</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>Quai Jules Guesde</t>
+          <t>Schnackenburgallee 12</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>94400</t>
+          <t>22525</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>Vitry sur Seine</t>
+          <t>Hamburg</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>Gdynia | Starochwaszczyńska</t>
+          <t>Huesca</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>Aragon Hydrogen Foundation</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>Aragon Hydrogen Foundation</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>Starochwaszczyńska</t>
+          <t>Walqa Technology Park</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>81-571</t>
+          <t>22197</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>Gdynia</t>
+          <t>Huesca</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Spain</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Leipzig</t>
+          <t>Malataverne</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>Poststr. 3</t>
+          <t>Les Plaines</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>04158</t>
+          <t>26780</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>Leipzig</t>
+          <t>Malataverne</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Veldhoven</t>
+          <t>Heinenoord | Reedijk</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>De Run 4232</t>
+          <t>Reedijk 7S</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
-          <t>5503 LL</t>
+          <t>3274</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>Veldhoven</t>
+          <t>KE Heinenoord</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>Lohfelden</t>
+          <t>Gdynia | Starochwaszczyńska</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>Alexander-von-Humboldt-Str. 1</t>
+          <t>Starochwaszczyńska</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
-          <t>34253</t>
+          <t>81-571</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>Lohfelden</t>
+          <t>Gdynia</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>Lyon | Saint-Priest</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Hympulsion</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Hympulsion</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>35 Avenue Clément Ader</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
@@ -6757,189 +6757,300 @@
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Via Enrico Mattei 1</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>39100</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>Bolzano</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>Italy</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>Malataverne</t>
+          <t>TotalEnergies H2 Leipzig</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>Les Plaines</t>
+          <t>Poststr. 3</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
-          <t>26780</t>
+          <t>04158</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>Malataverne</t>
+          <t>Leipzig</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>Heinenoord | Reedijk</t>
+          <t>TotalEnergies H2 Deventer</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>Reedijk 7S</t>
+          <t>9t Van der Landeweg</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
-          <t>3274</t>
+          <t>7418 HG</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>KE Heinenoord</t>
+          <t>Deventer</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>Rotherham | Hydrogen Mini Grid</t>
+          <t>TotalEnergies H2 Capelle</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Motive Fuels</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Motive Fuels</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>Advanced Manufacturing Park, Morse Way, off Brunel Way, Catcliffe, Rotherham</t>
+          <t>Capelseweg 399</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
-          <t>S60 5WG</t>
+          <t>2908 MD</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>Rotherham</t>
+          <t>Capelle aan den IJssel</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
+          <t>TotalEnergies H2 Bettembourg / Beetebuerg</t>
+        </is>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>TEAL Mobility</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>TEAL Mobility</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>400 Zone Inustrielle Scheleck 3</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>3225</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>Bettembourg</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr">
+        <is>
+          <t>Luxembourg</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>Marseille Fos</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>TEAL Mobility</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>TEAL Mobility</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>Zone Industrielle de Fos le Tonkin</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>13270</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>Fos sur Mer</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
           <t>Rhoon-Rotterdam</t>
         </is>
       </c>
-      <c r="B175" t="inlineStr">
+      <c r="B177" t="inlineStr">
         <is>
           <t>TEAL Mobility</t>
         </is>
       </c>
-      <c r="C175" t="inlineStr">
+      <c r="C177" t="inlineStr">
         <is>
           <t>TEAL Mobility</t>
         </is>
       </c>
-      <c r="D175" t="inlineStr">
+      <c r="D177" t="inlineStr">
         <is>
           <t>Groene Kruisweg 397</t>
         </is>
       </c>
-      <c r="E175" t="inlineStr">
+      <c r="E177" t="inlineStr">
         <is>
           <t>3161 EJ</t>
         </is>
       </c>
-      <c r="F175" t="inlineStr">
+      <c r="F177" t="inlineStr">
         <is>
           <t>Rhoon</t>
         </is>
       </c>
-      <c r="G175" t="inlineStr">
+      <c r="G177" t="inlineStr">
         <is>
           <t>Netherlands</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>Hallstadt</t>
+        </is>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>MorGen Mobility</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>MorGen Mobility</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>Michelinstr. 95</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>96103</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>Hallstadt</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr">
+        <is>
+          <t>Germany</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>