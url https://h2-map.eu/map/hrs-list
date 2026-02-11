--- v1 (2025-12-28)
+++ v2 (2026-02-11)
@@ -420,6637 +420,6262 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:G178"/>
+  <dimension ref="A1:G168"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="58.8" customWidth="1" min="1" max="1"/>
     <col width="48" customWidth="1" min="2" max="2"/>
     <col width="64.8" customWidth="1" min="3" max="3"/>
     <col width="93.59999999999999" customWidth="1" min="4" max="4"/>
     <col width="15.6" customWidth="1" min="5" max="5"/>
-    <col width="36" customWidth="1" min="6" max="6"/>
+    <col width="31.2" customWidth="1" min="6" max="6"/>
     <col width="19.2" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>name</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>HRS operator</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>HRS owner</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>street address</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>postal code</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>city</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>country</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Herve</t>
+          <t>Amsterdam | Beiraweg</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>Holthausen Energy Points B.V.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>Holthausen Energy Points B.V.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Outre-Cour 37</t>
+          <t>Beiraweg 3A</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>4651</t>
+          <t>1047 HN</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Herve</t>
+          <t>Amsterdam</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Düsseldorf | Oerschbachstraße</t>
+          <t>Herve</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Oerschbachstraße 150</t>
+          <t>Outre-Cour 37</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>40591</t>
+          <t>4651</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Düsseldorf</t>
+          <t>Herve</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Fellbach</t>
+          <t>Saarbrücken</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Ohmstraße 25</t>
+          <t>Burbacher Str. 50</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>70736</t>
+          <t>66117</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Fellbach</t>
+          <t>Saarbrücken</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Haasrode</t>
+          <t>Poznań</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Geldenaaksebaan 448</t>
+          <t>ul. Warszawska 231</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>3001</t>
+          <t>60-101</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Leuven</t>
+          <t>Poznań</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Birmingham</t>
+          <t>Zaventem-Brussels</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Motive Fuels</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Motive Fuels</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Tyseley Energy Park, Hay Mills</t>
+          <t>Leuvensesteenweg 546</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>B25 8DW</t>
+          <t>1930</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Birmingham</t>
+          <t>Zaventem</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Mariestad</t>
+          <t>Passau | Sperrwies</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>VänerEnergi</t>
+          <t>MaierKorduletsch</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>VänerEnergi</t>
+          <t>MaierKorduletsch</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Sörgårdsvägen 2</t>
+          <t>Sperrwies 1</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>54235</t>
+          <t>94036</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>Mariestad</t>
+          <t>Passau</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Chur</t>
+          <t>Paris | Porte de Saint Cloud</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>31 Ringstraße</t>
+          <t>22 av Dode de la Brunerie</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>7000</t>
+          <t>75016</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>Chur</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Hasbergen</t>
+          <t>Rybnik</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Hauptstraße 107</t>
+          <t>Budowlanych 6</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>49205</t>
+          <t>44-200</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>Hasbergen</t>
+          <t>Rybnik</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Ingolstadt</t>
+          <t>Düsseldorf | Oerschbachstraße</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Manchinger Straße 84</t>
+          <t>Oerschbachstraße 150</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>85053</t>
+          <t>40591</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>Werneck</t>
+          <t>Düsseldorf</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Den Haag |Binckhorstlaan</t>
+          <t>Grauholz</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>SOCAR Energy Switzerland</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>BP Kerkhof &amp; Zn B.V.</t>
+          <t>SOCAR Energy Switzerland</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Binckhorstlaan 100</t>
+          <t>Grauholz-Süd A1</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>2516 BE</t>
+          <t>3063</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>Den Haag</t>
+          <t>Ittigen</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Giengen an der Brenz</t>
+          <t>Düren</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>MorGen Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>MorGen Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Frostelstr. 2</t>
+          <t>Im Großen Tal 1</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>89537</t>
+          <t>52353</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>Giengen an der Brenz</t>
+          <t>Düren</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Frankenthal</t>
+          <t>Salaise</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Am Edigheimer Schlag</t>
+          <t>Avenue du Port</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>67227</t>
+          <t>38150</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>Frankenthal</t>
+          <t>Salaise-sur-Sanne</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Flughafen Köln/Bonn</t>
+          <t>Copenhagen - S</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Nordallee 1</t>
+          <t>Prags Boulevard 69B</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>51147</t>
+          <t>2300</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>Köln</t>
+          <t>Copenhagen - S</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Denmark</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Kirchheim</t>
+          <t>Erpe-Mere</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Hauptstraße 1</t>
+          <t>Gentsesteenweg 239</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>36275</t>
+          <t>9420</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>Kirchheim</t>
+          <t>Erpe-Mere</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Prague | Barandov</t>
+          <t>Westre</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>ORLEN Benzina</t>
+          <t>Grenzland Energie Projekte</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>ORLEN Unipetrol RPA s.r.o.</t>
+          <t>Grenzland Energie Projekte</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>K Barrandovu 1136</t>
+          <t>Grenzstraße 1</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>15200</t>
+          <t>25926</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>Prague</t>
+          <t>Westre</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>Czechia</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Utrecht</t>
+          <t>Moutiers</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>De Heldinnenlaan 4</t>
+          <t>chemin de la Digue</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>3543 MB</t>
+          <t>73600</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>Utrecht</t>
+          <t>Moutiers</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Wilrijk</t>
+          <t>Kolhorn | Havenweg</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>Avia Marees</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>Avia Marees</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>950 Boomsesteenweg</t>
+          <t>Havenweg 14</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>2610</t>
+          <t>1767 EC</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>Wilrijk</t>
+          <t>Kolhorn</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Poznań</t>
+          <t>Freiburg | Gundelfinger Straße</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>ul. Warszawska 231</t>
+          <t>Gundelfinger Straße 27</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>60-101</t>
+          <t>79108</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>Poznań</t>
+          <t>Freiburg</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Håby</t>
+          <t>TotalEnergies H2 Capelle</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Tradenvägen 6</t>
+          <t>Capelseweg 399</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>45591</t>
+          <t>2908 MD</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>Håby</t>
+          <t>Capelle aan den IJssel</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Hunzenschwil</t>
+          <t>Weiterstadt</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>Gewerbestrasse 1</t>
+          <t>Robert-Koch-Str. 1</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>5502</t>
+          <t>64331</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>Hunzenschwil</t>
+          <t>Weiterstadt</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Roosendaal</t>
+          <t>Włocławek</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Aanwas 4</t>
+          <t>Toruńska 282</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>4704</t>
+          <t>87-805</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>Roosendaal</t>
+          <t>Włocławek</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Zaventem-Brussels</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Linde Gáz Magyarország Zrt</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Linde Gáz Magyarország Zrt</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Leuvensesteenweg 546</t>
+          <t>Illatos út 11/a</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>1930</t>
+          <t>1097</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>Zaventem</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Hungary</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Passau | Sperrwies</t>
+          <t>Katowice</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>MaierKorduletsch</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>MaierKorduletsch</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Sperrwies 1</t>
+          <t>ul. Murckowska 22</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>94036</t>
+          <t>40-001</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>Passau</t>
+          <t>Katowice</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Bern Bethlehem</t>
+          <t>Prague | Barandov</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>ORLEN Benzina</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>ORLEN Unipetrol RPA s.r.o.</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Eymattstrasse 15</t>
+          <t>K Barrandovu 1136</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>3027</t>
+          <t>15200</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>Bern</t>
+          <t>Prague</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Czechia</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Metzingen</t>
+          <t>Eindhoven | Eisenhouwerlaan</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Twinning Energy</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Twinning Energy</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>Auchtertstraße 19</t>
+          <t>Eisenhouwerlaan 11</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>72555</t>
+          <t>5631 NR</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>Metzingen</t>
+          <t>Eindhoven</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Doetinchem</t>
+          <t>Ollignies</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Kuster</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Kuster</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>Braamtseweg 10</t>
+          <t>Rue de la Verte Louche 2</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>7007CK</t>
+          <t>7866</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>Doetinchem</t>
+          <t>Lessen</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>Freiburg | Gundelfinger Straße</t>
+          <t>Sandviken</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Gundelfinger Straße 27</t>
+          <t>Sätragatan 17</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>79108</t>
+          <t>81161</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>Freiburg</t>
+          <t>Sandviken</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Katowice</t>
+          <t>Frankenthal</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>ul. Murckowska 22</t>
+          <t>Am Edigheimer Schlag</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>40-001</t>
+          <t>67227</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>Katowice</t>
+          <t>Frankenthal</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Hamburg | Großmoorbogen</t>
+          <t>Fellbach</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Großmoorbogen 1</t>
+          <t>Ohmstraße 25</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>21079</t>
+          <t>70736</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>Hamburg</t>
+          <t>Fellbach</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Hamburg - Flughafen</t>
+          <t>Hamburg | Großmoorbogen</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Weg beim Jäger 193</t>
+          <t>Großmoorbogen 1</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>22335</t>
+          <t>21079</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Hamburg</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Sofia</t>
+          <t>Chur</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>HitMobil</t>
+          <t>Coop Mineraloel AG</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>11, Iskarsko shose</t>
+          <t>31 Ringstraße</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>1528</t>
+          <t>7000</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>Sofia</t>
+          <t>Chur</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>Bulgaria</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Moutiers</t>
+          <t>Zofingen</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>LANDI Zofingen</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>LANDI Zofingen</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>chemin de la Digue</t>
+          <t>Bleicheweg 6</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>73600</t>
+          <t>4800</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>Moutiers</t>
+          <t>Zofingen</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Groningen | Bornholmstraat</t>
+          <t>Sofia</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Holthausen Energy Points B.V.</t>
-[...4 lines deleted...]
-          <t>Holthausen Energy Points B.V.</t>
+          <t>HitMobil</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>Bornholmstraat 42</t>
+          <t>11, Iskarsko shose</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>9723 AW</t>
+          <t>1528</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>Groningen</t>
+          <t>Sofia</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Bulgaria</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>Włocławek</t>
+          <t>Vannes | Avenue Edouard Michelin</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>GNVert</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>HYGO</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Toruńska 282</t>
+          <t>Avenue Edouard Michelin</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>87-805</t>
+          <t>56000</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>Włocławek</t>
+          <t>Vannes</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>Amersfoort</t>
+          <t>Grenoble | Saint-Egrève</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Fountain Fuel</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Fountain Fuel</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>De Windturbine 1-3</t>
+          <t>56 avenue de l´Île Brune</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>3815 KP</t>
+          <t>38120</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>Amersfoort</t>
+          <t>Saint-Egrève</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>Essen</t>
+          <t>Mannheim</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Katenberger Str. 99</t>
+          <t>Schlachthofstraße 32</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>45327</t>
+          <t>68165</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>Essen</t>
+          <t>Mannheim</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Oslo | Høvik</t>
+          <t>Haasrode</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Sandviksveien 17</t>
+          <t>Geldenaaksebaan 448</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>1363</t>
+          <t>3001</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>Høvik</t>
+          <t>Leuven</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Lillebonne</t>
+          <t>TotalEnergies H2 Bettembourg / Beetebuerg</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>EASHyMob</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Caux Seine Agglomération</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>rue de la Bossaye</t>
+          <t>400 Zone Inustrielle Scheleck 3</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>76170</t>
+          <t>3225</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>Saint-Jean-de-Folleville</t>
+          <t>Bettembourg</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Luxembourg</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Crissier</t>
+          <t>Amsterdam | Australiehavenweg</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Chemin de Saugy 3</t>
+          <t>Australiëhavenweg 116</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>1023</t>
+          <t>1046 BR</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>Crissier</t>
+          <t>Amsterdam</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Münster</t>
+          <t>Wałbrzych</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Westfalen AG</t>
-[...4 lines deleted...]
-          <t>Westfalen AG</t>
+          <t>ORLEN S.A.</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Kopenhagener Straße 19</t>
+          <t>Wysockiego 43</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>48163</t>
+          <t>58 304</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>Münster</t>
+          <t>Wałbrzych</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Kolhorn | Havenweg</t>
+          <t>Mariestad</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Avia Marees</t>
+          <t>VänerEnergi</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>Avia Marees</t>
+          <t>VänerEnergi</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>Havenweg 14</t>
+          <t>Sörgårdsvägen 2</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>1767 EC</t>
+          <t>54235</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>Kolhorn</t>
+          <t>Mariestad</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>London | Hatton Cross | Heathrow Airport</t>
+          <t>Flughafen Köln/Bonn</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Air Products</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Air Products</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Envoy Avenue</t>
+          <t>Nordallee 1</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>TW6 2GE</t>
+          <t>51147</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>London</t>
+          <t>Köln</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>Dordrecht</t>
+          <t>Hunzenschwil</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Hystream</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Greenpoint</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Laan der Verenigde Naties 113</t>
+          <t>Gewerbestrasse 1</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>3316</t>
+          <t>5502</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>Dordrecht</t>
+          <t>Hunzenschwil</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>Mannheim</t>
+          <t>Oslo | Høvik</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Schlachthofstraße 32</t>
+          <t>Sandviksveien 17</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>68165</t>
+          <t>1363</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>Mannheim</t>
+          <t>Høvik</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Norway</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>Westre</t>
+          <t>TotalEnergies H2 Utrecht</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Grenzland Energie Projekte</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>Grenzland Energie Projekte</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>Grenzstraße 1</t>
+          <t>De Heldinnenlaan 4</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>25926</t>
+          <t>3543 MB</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>Westre</t>
+          <t>Utrecht</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>Wesseling</t>
+          <t>London | Hatton Cross | Heathrow Airport</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Air Products</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Air Products</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>Ahrstraße 99</t>
+          <t>Envoy Avenue</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>50389</t>
+          <t>TW6 2GE</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>Wesseling</t>
+          <t>London</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>Reykjavík</t>
+          <t>Wilrijk</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Skeljungur hf</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>H2 Iceland</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Grjótháls</t>
+          <t>950 Boomsesteenweg</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>2610</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>Reykjavík</t>
+          <t>Wilrijk</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>Iceland</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>Wałbrzych</t>
+          <t>Reykjavík</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>ORLEN S.A.</t>
+          <t>Skeljungur hf</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>H2 Iceland</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Wysockiego 43</t>
+          <t>Grjótháls</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>58 304</t>
+          <t>110</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>Wałbrzych</t>
+          <t>Reykjavík</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Iceland</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>Nykvarn</t>
+          <t>Groningen | Bornholmstraat</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>Holthausen Energy Points B.V.</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>Holthausen Energy Points B.V.</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Skällbyvägen</t>
+          <t>Bornholmstraat 42</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>15535</t>
+          <t>9723 AW</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>Nykvarn</t>
+          <t>Groningen</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Rothenburg</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Linde Gáz Magyarország Zrt</t>
+          <t>LANDI Sempach-Emmen</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Linde Gáz Magyarország Zrt</t>
+          <t>LANDI Sempach-Emmen</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Illatos út 11/a</t>
+          <t>Stationsstraße 82</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>1097</t>
+          <t>6023</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Rothenburg</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>Hungary</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>Vannes | Avenue Edouard Michelin</t>
+          <t>Dordrecht</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>GNVert</t>
+          <t>Hystream</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>HYGO</t>
+          <t>Greenpoint</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Avenue Edouard Michelin</t>
+          <t>Laan der Verenigde Naties 113</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>56000</t>
+          <t>3316</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>Vannes</t>
+          <t>Dordrecht</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>Landshut</t>
+          <t>Maché</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Brétéché</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Ludwig-Erhard-Str.</t>
+          <t>ZA de Bel Air - D948</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>84030</t>
+          <t>85190</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>Landshut</t>
+          <t>Maché</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>Amsterdam | Australiehavenweg</t>
+          <t>Doetinchem</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Kuster</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Kuster</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>Australiëhavenweg 116</t>
+          <t>Braamtseweg 10</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>1046 BR</t>
+          <t>7007CK</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>Amsterdam</t>
+          <t>Doetinchem</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>Horst</t>
+          <t>Frenkendorf</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Vissers Energy Group</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>Vissers Energy Group</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>Stationsstraat 92</t>
+          <t>113d Rheinstraße</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>5961HS</t>
+          <t>4402</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>Horst</t>
+          <t>Frenkendorf</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>Rybnik</t>
+          <t>München | Wilhelm-Hale-Str.</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Budowlanych 6</t>
+          <t>Wilhelm-Hale-Str. 55</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>44-200</t>
+          <t>80639</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>Rybnik</t>
+          <t>München</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>Herten</t>
+          <t>Rümlang</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>Marie-Curie-Straße / Albert-Einstein-Allee</t>
+          <t>Riedgrabenstraße 26</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>45699</t>
+          <t>8153</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>Herten</t>
+          <t>Rümlang</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>Sandviken</t>
+          <t>Halle</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Colruyt DATS 24</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>Sätragatan 17</t>
+          <t>Zinkstraat 1</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>81161</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>Sandviken</t>
+          <t>Halle</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>Frankfurt | Hanauer Landstraße</t>
+          <t>Magdeburg</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>Hanauer Landstr. 334</t>
+          <t>Glindenberger Weg 3</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>60314</t>
+          <t>39126</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>Frankfurt am Main</t>
+          <t>Magdeburg</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>Villabé</t>
+          <t>Wesseling</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Hyliko</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>Hyliko</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>Square des Brateaux</t>
+          <t>Ahrstraße 99</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>91100</t>
+          <t>50389</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>Villabé</t>
+          <t>Wesseling</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>Augsburg | GVZ</t>
+          <t>Berlin | Rummelsburger Landstraße</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Tyczka Hydrogen</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>Tyczka Hydrogen</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>Frankfurter Straße 12</t>
+          <t>Rummelsburger Landstraße</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>86156</t>
+          <t>12459</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>Augsburg</t>
+          <t>Berlin</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>Wendlingen</t>
+          <t>Lublin | Erazma Plewińskiego</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Heinrich-Otto-Str.  2</t>
+          <t>Erazma Plewińskiego</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>73240</t>
+          <t>20-270</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>Wendlingen</t>
+          <t>Lublin</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>Frankfurt | Hoechst</t>
+          <t>Landshut</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Infraserv</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>Infraserv</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>Otto-Horn-Straße</t>
+          <t>Ludwig-Erhard-Str.</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>65926</t>
+          <t>84030</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>Frankfurt am Main</t>
+          <t>Landshut</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>Ollignies</t>
+          <t>Gießen</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>CE Station</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>CE Station</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>Rue de la Verte Louche 2</t>
+          <t>Schiffenberger Weg 123</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>7866</t>
+          <t>35394</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>Lessen</t>
+          <t>Gießen</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>Bayreuth</t>
+          <t>Amersfoort</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Fountain Fuel</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Fountain Fuel</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>Christian-Ritter-von-Langheinrich 2</t>
+          <t>De Windturbine 1-3</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>95448</t>
+          <t>3815 KP</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>Bayreuth</t>
+          <t>Amersfoort</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>Sindelfingen</t>
+          <t>Litvinov</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>ORLEN Benzina</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>ORLEN Unipetrol RPA s.r.o.</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>Neckarstraße 10</t>
+          <t>silnice č. 27, Záluží</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>71065</t>
+          <t>43601</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>Sindelfingen</t>
+          <t>Litvinov</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Czechia</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>Laatzen</t>
+          <t>Frankfurt | Hanauer Landstraße</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>Karlsruher Str. 12</t>
+          <t>Hanauer Landstr. 334</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>30880</t>
+          <t>60314</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>Laatzen</t>
+          <t>Frankfurt am Main</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>Berlin | Rothenbachstraße</t>
+          <t>Crissier</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>Rothenbachstr. 1</t>
+          <t>Chemin de Saugy 3</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>13089</t>
+          <t>1023</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>Berlin</t>
+          <t>Crissier</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>Paris | Porte de Saint Cloud</t>
+          <t>TotalEnergies H2 Schönefeld-Berlin</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>22 av Dode de la Brunerie</t>
+          <t>Elly-Beinhorn-Ring 2a</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>75016</t>
+          <t>12529</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Schönefeld</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>Assen</t>
+          <t>Herning</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>Duitslandlaan 1</t>
+          <t>Vejlevej 5</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>9403 DL</t>
+          <t>7400</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>Assen</t>
+          <t>Herning</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Denmark</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>Gießen</t>
+          <t>Håby</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>CE Station</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>CE Station</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>Schiffenberger Weg 123</t>
+          <t>Tradenvägen 6</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>35394</t>
+          <t>45591</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>Gießen</t>
+          <t>Håby</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>Rümlang</t>
+          <t>Villabé</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>Hyliko</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>Hyliko</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>Riedgrabenstraße 26</t>
+          <t>Square des Brateaux</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>8153</t>
+          <t>91100</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>Rümlang</t>
+          <t>Villabé</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>Berlin | Rummelsburger Landstraße</t>
+          <t>Lillebonne</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>EASHyMob</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Caux Seine Agglomération</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>Rummelsburger Landstraße</t>
+          <t>rue de la Bossaye</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>12459</t>
+          <t>76170</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>Berlin</t>
+          <t>Saint-Jean-de-Folleville</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>Puertollano | Ciudad Real</t>
+          <t>Münster</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Centro Nacional del Hidrógeno</t>
+          <t>Westfalen AG</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>Centro Nacional del Hidrógeno</t>
+          <t>Westfalen AG</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>Prolongación Fernando el Santo s/n</t>
+          <t>Kopenhagener Straße 19</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>13500</t>
+          <t>48163</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>Puertollano</t>
+          <t>Münster</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>Husum</t>
+          <t>Hamburg - Flughafen</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>eFarming</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>eFarming</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>Andreas-Clausen-Str. 3</t>
+          <t>Weg beim Jäger 193</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>25813</t>
+          <t>22335</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>Husum</t>
+          <t>Hamburg</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>Aberdeen | City Hydrogen Energy Storage (ACHES)</t>
+          <t>Herten</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Norco Energy</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>Aberdeen City Council</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>Langdykes Road</t>
+          <t>Marie-Curie-Straße / Albert-Einstein-Allee</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>AB12 3SH</t>
+          <t>45699</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>Aberdeen</t>
+          <t>Herten</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>Paris | Pont de l'Alma</t>
+          <t>Paris | Le Bourget</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Air Liquide</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>Air Liquide</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>Place de l'Alma</t>
+          <t>Place Charles Lindbergh</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>75008</t>
+          <t>93350</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Le Bourget</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>Lublin | Erazma Plewińskiego</t>
+          <t>Den Haag |Binckhorstlaan</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>BP Kerkhof &amp; Zn B.V.</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>Erazma Plewińskiego</t>
+          <t>Binckhorstlaan 100</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>20-270</t>
+          <t>2516 BE</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>Lublin</t>
+          <t>Den Haag</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>Leverkusen</t>
+          <t>Bern Bethlehem</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Coop Mineraloel AG</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>Karl-Krekerler-Str. 2</t>
+          <t>Eymattstrasse 15</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>51373</t>
+          <t>3027</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>Leverkusen</t>
+          <t>Bern</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>Limburg</t>
+          <t>Nykvarn</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>Brüsseler Straße 5A</t>
+          <t>Skällbyvägen</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
-          <t>65552</t>
+          <t>15535</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>Limburg an der Lahn</t>
+          <t>Nykvarn</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>Berg bei Hof</t>
+          <t>Sindelfingen</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>Sieggrubenstraße 5</t>
+          <t>Neckarstraße 10</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>95180</t>
+          <t>71065</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>Berg bei Hof</t>
+          <t>Sindelfingen</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>Herning</t>
+          <t>Aberdeen | City Hydrogen Energy Storage (ACHES)</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>Norco Energy</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>Aberdeen City Council</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>Vejlevej 5</t>
+          <t>Langdykes Road</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>7400</t>
+          <t>AB12 3SH</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>Herning</t>
+          <t>Aberdeen</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>Denmark</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>Douains</t>
+          <t>Dresden</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Atawey</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>SIEGE 27</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>Avenue du Capitaine Vandière de Vitrac</t>
+          <t>Wiener Strasse 39</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>27120</t>
+          <t>01069</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>Douains</t>
+          <t>Dresden</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Fürth</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>Hans-Vogel-Str. 55</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>90765</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>Fürth</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>Bad Homburg</t>
+          <t>Paris | Collegien</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>Ober-Eschbacher Str. 142</t>
+          <t>Centre Commercial Bay 2, Rue du Général de Gaulle</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>61352</t>
+          <t>77090</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>Bad Homburg</t>
+          <t>Collégien</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>Saarbrücken</t>
+          <t>Antwerpen | Mexicostraat</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>CMB.TECH</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>CMB.TECH</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>Burbacher Str. 50</t>
+          <t>Mexicostraat 11</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>66117</t>
+          <t>2030</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>Saarbrücken</t>
+          <t>Antwerpen</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Belgium</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>Breda</t>
+          <t>Heidelberg | Wieblinger Weg</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>TotalEnergies Gas Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>TotalEnergies Gas Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>Minervum 7001</t>
+          <t>Wieblinger Weg 92</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>4817</t>
+          <t>69123</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>Breda</t>
+          <t>Heidelberg</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>Halle</t>
+          <t>Berg bei Hof</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>Zinkstraat 1</t>
+          <t>Sieggrubenstraße 5</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>95180</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>Halle</t>
+          <t>Berg bei Hof</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>Warsaw | Tango Street</t>
+          <t>Arnhem</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>TotalEnergies Gas Mobility</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>TotalEnergies Gas Mobility</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>Tango Street 4</t>
+          <t>Westervoortsedijk 71 C</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>02-825</t>
+          <t>6827 AV</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>Warsaw</t>
+          <t>Arnhem</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>Amsterdam | Beiraweg</t>
+          <t>Aubenas</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Holthausen Energy Points B.V.</t>
-[...4 lines deleted...]
-          <t>Holthausen Energy Points B.V.</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>Beiraweg 3A</t>
+          <t>Chemin du Moulon Inférieur</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>1047 HN</t>
+          <t>07200</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>Amsterdam</t>
+          <t>Aubenas</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>Dresden</t>
+          <t>TotalEnergies H2 Reims</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Total Energies Marketing France</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>Wiener Strasse 39</t>
+          <t>Aire Reims Champagne Sud</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>01069</t>
+          <t>51400</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>Dresden</t>
+          <t>Les Petites Loges</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>Heidelberg | Wieblinger Weg</t>
+          <t>Horst</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Vissers Energy Group</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Vissers Energy Group</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>Wieblinger Weg 92</t>
+          <t>Stationsstraat 92</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>69123</t>
+          <t>5961HS</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>Heidelberg</t>
+          <t>Horst</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>Antwerpen | Mexicostraat</t>
+          <t>Paris | Pontault-Combault</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>CMB.TECH</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>CMB.TECH</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>Mexicostraat 11</t>
+          <t>RN 4, Carrefour Pontault-Combault</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>2030</t>
+          <t>77340</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>Antwerpen</t>
+          <t>Pontault-Combault</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>Müntschemier</t>
+          <t>Nieuwegein</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Schwab-Guillod AG</t>
+          <t>Greenpoint</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>Schwab-Guillod AG</t>
+          <t>Hysolar</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>Lagerhausweg 7</t>
+          <t>Morsebaan 1</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>3225</t>
+          <t>3439 NA</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>Müntschemier</t>
+          <t>Nieuwegein</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>Geuensee</t>
+          <t>Limburg</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>2 Schäracher</t>
+          <t>Brüsseler Straße 5A</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>6232</t>
+          <t>65552</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>Geuensee</t>
+          <t>Limburg an der Lahn</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>Schötz</t>
+          <t>Leverkusen</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>LANDI Luzern-West</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>LANDI Luzern-West</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>Schürmatt 5</t>
+          <t>Karl-Krekerler-Str. 2</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>6247</t>
+          <t>51373</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>Schötz</t>
+          <t>Leverkusen</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>Port of Gothenburg</t>
+          <t>Douains</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>Atawey</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>Hydri</t>
+          <t>SIEGE 27</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>NORDSJÖN 6</t>
+          <t>Avenue du Capitaine Vandière de Vitrac</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>41834</t>
+          <t>27120</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>Gothenburg</t>
+          <t>Douains</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>Sorigny</t>
+          <t>Saint Lô</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>CCTVI</t>
+          <t>Conseil Général de la Manche</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>CCTVI</t>
+          <t>Conseil Général de la Manche</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>Rue Charles Lindberg</t>
+          <t>98 Route de Candol</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>37250</t>
+          <t>50000</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>Sorigny</t>
+          <t>Saint Lô</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>München | Wilhelm-Hale-Str.</t>
+          <t>Oude-Tonge</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Greenpoint</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Greenpoint</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>Wilhelm-Hale-Str. 55</t>
+          <t>Tonisseweg 8</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>80639</t>
+          <t>3255 LT</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>München</t>
+          <t>Oude-Tonge</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>Annecy | Chemin de la Prairie</t>
+          <t>Müntschemier</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>Schwab-Guillod AG</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>Schwab-Guillod AG</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>Chemin de la Prairie</t>
+          <t>Lagerhausweg 7</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>74000</t>
+          <t>3225</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>Annecy</t>
+          <t>Müntschemier</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>Paris | Collegien</t>
+          <t>Schötz</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>LANDI Luzern-West</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>LANDI Luzern-West</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>Centre Commercial Bay 2, Rue du Général de Gaulle</t>
+          <t>Schürmatt 5</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>77090</t>
+          <t>6247</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>Collégien</t>
+          <t>Schötz</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>Oude-Tonge</t>
+          <t>Assen</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Greenpoint</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Greenpoint</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>Tonisseweg 8</t>
+          <t>Duitslandlaan 1</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>3255 LT</t>
+          <t>9403 DL</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>Oude-Tonge</t>
+          <t>Assen</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>Cournon d'Auvergne</t>
+          <t>Paris | Vitry</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>Bd Danielle Mitterand</t>
+          <t>Quai Jules Guesde</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
-          <t>63800</t>
+          <t>94400</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>Cournon d'Auvergne</t>
+          <t>Vitry sur Seine</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Nuremberg</t>
+          <t>Breda</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>TotalEnergies Gas Mobility</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>TotalEnergies Gas Mobility</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>Juraleite 2</t>
+          <t>Minervum 7000</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>91220</t>
+          <t>4817 ZL</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>Hormersdorf</t>
+          <t>Breda</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>Les Sables d´Olonne</t>
+          <t>Bayreuth</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Vendée Energie</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>SyDEV</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>1 Rue de la Fête</t>
+          <t>Christian-Ritter-von-Langheinrich 2</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>85340</t>
+          <t>95448</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>Les Sables d´Olonnes</t>
+          <t>Bayreuth</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>Magdeburg</t>
+          <t>Geuensee</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>Glindenberger Weg 3</t>
+          <t>2 Schäracher</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>39126</t>
+          <t>6232</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>Magdeburg</t>
+          <t>Geuensee</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>Braunschweig</t>
+          <t>Les Sables d´Olonne</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Vendée Energie</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>SyDEV</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>Hamburger Str. 211</t>
+          <t>1 Rue de la Fête</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>38112</t>
+          <t>85340</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>Braunschweig</t>
+          <t>Les Sables d´Olonnes</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>Rheda-Wiedenbrück | Bielefelder Str</t>
+          <t>Cournon d'Auvergne</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>Bielefelder Str. 145</t>
+          <t>Bd Danielle Mitterand</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>33378</t>
+          <t>63800</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>Rheda-Wiedenbrück</t>
+          <t>Cournon d'Auvergne</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>Eindhoven | Eisenhouwerlaan</t>
+          <t>Port of Gothenburg</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Twinning Energy</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>Twinning Energy</t>
+          <t>Hydri</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>Eisenhouwerlaan 11</t>
+          <t>NORDSJÖN 6</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>5631 NR</t>
+          <t>41834</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>Eindhoven</t>
+          <t>Gothenburg</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>Paris | Drancy</t>
+          <t>Strasbourg | R-Hynoca</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>R-Hynoca</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>R-Hynoca</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>60 rue Saint-Stenay</t>
+          <t>78 rue de la plaine des bouchers</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>92700</t>
+          <t>67100</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>Drancy</t>
+          <t>Strasbourg</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>Strasbourg | R-Hynoca</t>
+          <t>Paris West</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>R-Hynoca</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>R-Hynoca</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>78 rue de la plaine des bouchers</t>
+          <t>Rue de la Croix Blanche</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>67100</t>
+          <t>78350</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>Strasbourg</t>
+          <t>Les Loges-en-Josas</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>Erlangen</t>
+          <t>Lyon | Vénissieux</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>Bunsenstraße  76</t>
+          <t>Chemin de Tâche Velin</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>91058</t>
+          <t>69200</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>Erlangen</t>
+          <t>Vénissieux</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>Paris | Aéroport de Paris-Orly</t>
+          <t>Bad Homburg</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>rue d'Italie</t>
+          <t>Ober-Eschbacher Str. 142</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
-          <t>94390</t>
+          <t>61352</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>Paray-Vieille-Poste</t>
+          <t>Bad Homburg</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>Pesse</t>
+          <t>Sorigny</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Green Planet</t>
+          <t>CCTVI</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>Green Planet Real Estate B.V.</t>
+          <t>CCTVI</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>Bultinge 2</t>
+          <t>Rue Charles Lindberg</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>7933 TW</t>
+          <t>37250</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>Pesse</t>
+          <t>Sorigny</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>St. Gallen | Industriestraße</t>
+          <t>Frankfurt | Hoechst</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>Infraserv</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>Infraserv</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>Industriestraße 149</t>
+          <t>Otto-Horn-Straße</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>9200</t>
+          <t>65926</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>Gossau</t>
+          <t>Frankfurt am Main</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>Saint Lô</t>
+          <t>Alkmaar</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Conseil Général de la Manche</t>
+          <t>HYGRO</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>Conseil Général de la Manche</t>
+          <t>NXT Mobility</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>98 Route de Candol</t>
+          <t>Diamantweg 32</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>50000</t>
+          <t>1812</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>Saint Lô</t>
+          <t>Alkmaar</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>Lyon | Vénissieux</t>
+          <t>Paris | Pont de l'Alma</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>Air Liquide</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>Air Liquide</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>Chemin de Tâche Velin</t>
+          <t>Place de l'Alma</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
-          <t>69200</t>
+          <t>75008</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>Vénissieux</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>Duisburg</t>
+          <t>Annecy | Chemin de la Prairie</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>Am Schlueterhof  27</t>
+          <t>Chemin de la Prairie</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
-          <t>47059</t>
+          <t>74000</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>Duisburg</t>
+          <t>Annecy</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>Paris West</t>
+          <t>St. Gallen | Industriestraße</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>Rue de la Croix Blanche</t>
+          <t>Industriestraße 149</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
-          <t>78350</t>
+          <t>9200</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>Les Loges-en-Josas</t>
+          <t>Gossau</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>Salaise</t>
+          <t>Agioi Theodoroi</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>Avinoil</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>Avinoil</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>Avenue du Port</t>
+          <t>72nd Km of Old National Road ATHENS - CORINTH</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
-          <t>38150</t>
+          <t>20003</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>Salaise-sur-Sanne</t>
+          <t>Agioi Theodoroi</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Greece</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>Rothenburg</t>
+          <t>Hoofddorp</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>LANDI Sempach-Emmen</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>LANDI Sempach-Emmen</t>
+          <t>OrangeGas</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>Stationsstraße 82</t>
+          <t>Changing Lane 10</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>6023</t>
+          <t>2132 MD</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>Rothenburg</t>
+          <t>Hoofddorp</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>Clermont-Ferrand</t>
+          <t>Puertollano | Ciudad Real</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>Centro Nacional del Hidrógeno</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>Centro Nacional del Hidrógeno</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>Rue du Québec</t>
+          <t>Prolongación Fernando el Santo s/n</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>63100</t>
+          <t>13500</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>Clermont-Ferrand</t>
+          <t>Puertollano</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Spain</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>FaHyence</t>
+          <t>Erlangen</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Mob'Hy</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>Communauté d'Agglomération Sarreguemines Confluences</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>1 rue Jean-Baptiste Dumaire</t>
+          <t>Bunsenstraße  76</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>57200</t>
+          <t>91058</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>Sarreguemines</t>
+          <t>Erlangen</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>Évreux</t>
+          <t>Husum</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Atawey</t>
+          <t>eFarming</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>SIEGE 27</t>
+          <t>eFarming</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>246 rue Maryse Bastier (ZAC du long buisson)</t>
+          <t>Andreas-Clausen-Str. 3</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>27930</t>
+          <t>25813</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>Le-Viel-Évreux</t>
+          <t>Husum</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>Hoofddorp</t>
+          <t>Paris | Drancy</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>OrangeGas</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>Changing Lane 10</t>
+          <t>60 rue Saint-Stenay</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>2132 MD</t>
+          <t>92700</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>Hoofddorp</t>
+          <t>Drancy</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>Litvinov</t>
+          <t>Warsaw | Tango Street</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>ORLEN Benzina</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>ORLEN Unipetrol RPA s.r.o.</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>silnice č. 27, Záluží</t>
+          <t>Tango Street 4</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
-          <t>43601</t>
+          <t>02-825</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>Litvinov</t>
+          <t>Warsaw</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>Czechia</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>Erpe-Mere</t>
+          <t>Aschaffenburg</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>Stadtwerke Aschaffenburg</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>Colruyt DATS 24</t>
+          <t>Stadtwerke Aschaffenburg</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>Gentsesteenweg 239</t>
+          <t>Hefner-Alteneck-Straße 28</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
-          <t>9420</t>
+          <t>63743</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>Erpe-Mere</t>
+          <t>Aschaffenburg</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>Belgium</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>Alkmaar</t>
+          <t>Paris | Charles de Gaulle Airport</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>HYGRO</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>NXT Mobility</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>Diamantweg 32</t>
+          <t>Station de recharge Hydrogène Roissy CDG</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>1812</t>
+          <t>77290</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>Alkmaar</t>
+          <t>Mitry-Mory</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>Paris | Charles de Gaulle Airport</t>
+          <t>Clermont-Ferrand</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>Station de recharge Hydrogène Roissy CDG</t>
+          <t>Rue du Québec</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>77290</t>
+          <t>63100</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>Mitry-Mory</t>
+          <t>Clermont-Ferrand</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>Aschaffenburg</t>
+          <t>Stockholm-Arlanda</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Stadtwerke Aschaffenburg</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>Stadtwerke Aschaffenburg</t>
+          <t>Hynion AS</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>Hefner-Alteneck-Straße 28</t>
+          <t>Pilotvägen 2</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
-          <t>63743</t>
+          <t>19060</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>Aschaffenburg</t>
+          <t>Arlanda</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Sweden</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>Albacete</t>
+          <t>Neumuenster</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>AJUSA</t>
+          <t>Hypion Motion Neumünster GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>AJUSA</t>
+          <t>Hypion Motion Neumünster GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>Parque Empresarial Ajusa, Calle 2</t>
+          <t>Donaubogen 4</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>02006</t>
+          <t>24539</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>Albacete</t>
+          <t>Neumuenster</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>Aberdeen | Kittybrewster</t>
+          <t>Paris | Aéroport de Paris-Orly</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>BOC</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>BOC</t>
+          <t>HysetCo</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>38 Powis Terrace, Kittybrewster</t>
+          <t>rue d'Italie</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>AB25 3RF</t>
+          <t>94390</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>Aberdeen</t>
+          <t>Paray-Vieille-Poste</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>Frenkendorf</t>
+          <t>Aberdeen | Kittybrewster</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>BOC</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>Coop Mineraloel AG</t>
+          <t>BOC</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>113d Rheinstraße</t>
+          <t>38 Powis Terrace, Kittybrewster</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>4402</t>
+          <t>AB25 3RF</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>Frenkendorf</t>
+          <t>Aberdeen</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>Paris | Pontault-Combault</t>
+          <t>Augsburg | GVZ</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>Tyczka Hydrogen</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>Tyczka Hydrogen</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>RN 4, Carrefour Pontault-Combault</t>
+          <t>Frankfurter Straße 12</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>77340</t>
+          <t>86156</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>Pontault-Combault</t>
+          <t>Augsburg</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>Madrid | Avenida de Manoteras</t>
+          <t>Albacete</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Scale Gas</t>
+          <t>AJUSA</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>Scale Gas</t>
+          <t>AJUSA</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>Avenida de Manoteras 34</t>
+          <t>Parque Empresarial Ajusa, Calle 2</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>28050</t>
+          <t>02006</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>Madrid</t>
+          <t>Albacete</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>Spain</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>Niebüll</t>
+          <t>Berlin | Tempelhofer Weg</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>eFarming</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>eFarming</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>Ostring 2B</t>
+          <t>Tempelhofer Weg 102</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
-          <t>25899</t>
+          <t>12347</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>Niebüll</t>
+          <t>Berlin</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>Gdansk</t>
+          <t>FaHyence</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>Mob'Hy</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
+          <t>Communauté d'Agglomération Sarreguemines Confluences</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>Jabloniowa</t>
+          <t>1 rue Jean-Baptiste Dumaire</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>80-175</t>
+          <t>57200</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>Gdansk</t>
+          <t>Sarreguemines</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>Rotherham | Hydrogen Mini Grid</t>
+          <t>St. Gallen | Oberstraße</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Motive Fuels</t>
+          <t>Osterwalder St. Gallen AG</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>Motive Fuels</t>
+          <t>Avia</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>Advanced Manufacturing Park, Morse Way, off Brunel Way, Catcliffe, Rotherham</t>
+          <t>Oberstrasse 137</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>S60 5WG</t>
+          <t>9000</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>Rotherham</t>
+          <t>St. Gallen</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Switzerland</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>St. Gallen | Oberstraße</t>
+          <t>La-Roche-sur-Yon</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Osterwalder St. Gallen AG</t>
+          <t>Vendée Energie</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>SyDEV</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>Oberstrasse 137</t>
+          <t>Route de Nantes</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>9000</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>St. Gallen</t>
+          <t>La-Roche-sur-Yon</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>La-Roche-sur-Yon</t>
+          <t>Gdansk</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Vendée Energie</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>SyDEV</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>Route de Nantes</t>
+          <t>Jabloniowa</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>80-175</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>La-Roche-sur-Yon</t>
+          <t>Gdansk</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>Stockholm-Arlanda</t>
+          <t>Dole</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>DATS 24 France</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>Hynion AS</t>
+          <t>Grand Dole</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>Pilotvägen 2</t>
+          <t>D321</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>19060</t>
+          <t>39100</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>Arlanda</t>
+          <t>Damparis</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>Copenhagen - S</t>
+          <t>Fürholzen West</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>Tank &amp; Rast</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>Tank &amp; Rast</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>Prags Boulevard 69B</t>
+          <t>Günzenhauser Straße 9</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>2300</t>
+          <t>85376</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>Copenhagen - S</t>
+          <t>Neufahrn bei Freising</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
-          <t>Denmark</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>Paris | Le Bourget</t>
+          <t>Niebüll</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>eFarming</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>eFarming</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>Place Charles Lindbergh</t>
+          <t>Ostring 2B</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>93350</t>
+          <t>25899</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>Le Bourget</t>
+          <t>Niebüll</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>Arnhem</t>
+          <t>Madrid | Avenida de Manoteras</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>TotalEnergies Gas Mobility</t>
+          <t>Scale Gas</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>TotalEnergies Gas Mobility</t>
+          <t>Scale Gas</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>Westervoortsedijk 71 C</t>
+          <t>Avenida de Manoteras 34</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>6827 AV</t>
+          <t>28050</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>Arnhem</t>
+          <t>Madrid</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Spain</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>Berlin | Tempelhofer Weg</t>
+          <t>Stuttgart | Flughafen</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>Tempelhofer Weg 102</t>
+          <t>Flughafenstraße 70</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>12347</t>
+          <t>70629</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>Berlin</t>
+          <t>Echterdingen</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Schönefeld-Berlin</t>
+          <t>Oldenburg</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>Elly-Beinhorn-Ring 2a</t>
+          <t>Cloppenburger Str.  154</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>12529</t>
+          <t>26133</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>Schönefeld</t>
+          <t>Oldenburg</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>Biebelried</t>
+          <t>Évreux</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Atawey</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>SIEGE 27</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>Würzburger Str.  55</t>
+          <t>246 rue Maryse Bastier (ZAC du long buisson)</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>97318</t>
+          <t>27930</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>Biebelried</t>
+          <t>Le-Viel-Évreux</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>Dole</t>
+          <t>Huesca</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>DATS 24 France</t>
+          <t>Aragon Hydrogen Foundation</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Grand Dole</t>
+          <t>Aragon Hydrogen Foundation</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>D321</t>
+          <t>Walqa Technology Park</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>39100</t>
+          <t>22197</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>Damparis</t>
+          <t>Huesca</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Spain</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>Stuttgart | Flughafen</t>
+          <t>Lohfelden</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>Flughafenstraße 70</t>
+          <t>Alexander-von-Humboldt-Str. 1</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>70629</t>
+          <t>34253</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>Echterdingen</t>
+          <t>Lohfelden</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>Zofingen</t>
+          <t>TotalEnergies H2 Veldhoven</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>LANDI Zofingen</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>LANDI Zofingen</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>Bleicheweg 6</t>
+          <t>De Run 4232</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>4800</t>
+          <t>5503 LL</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>Zofingen</t>
+          <t>Veldhoven</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>Maché</t>
+          <t>Port Talbot</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Avia</t>
+          <t>University of South Wales</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Brétéché</t>
+          <t>University of South Wales</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>ZA de Bel Air - D948</t>
+          <t>Baglan</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>85190</t>
+          <t>SA12 7AX</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>Maché</t>
+          <t>Port Talbot</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>Düren</t>
+          <t>Rotherham | Hydrogen Mini Grid</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Motive Fuels</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Motive Fuels</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>Im Großen Tal 1</t>
+          <t>Advanced Manufacturing Park, Morse Way, off Brunel Way, Catcliffe, Rotherham</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
-          <t>52353</t>
+          <t>S60 5WG</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>Düren</t>
+          <t>Rotherham</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Reims</t>
+          <t>Hamburg | Schnackenburgallee</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>Total Energies Marketing France</t>
+          <t>H2 Mobility</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>Aire Reims Champagne Sud</t>
+          <t>Schnackenburgallee 12</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>51400</t>
+          <t>22525</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>Les Petites Loges</t>
+          <t>Hamburg</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>Grauholz</t>
+          <t>Pesse</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>SOCAR Energy Switzerland</t>
+          <t>Green Planet</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>SOCAR Energy Switzerland</t>
+          <t>Green Planet Real Estate B.V.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Grauholz-Süd A1</t>
+          <t>Bultinge 2</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>3063</t>
+          <t>7933 TW</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>Ittigen</t>
+          <t>Pesse</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>Fürholzen West</t>
+          <t>Birmingham</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Tank &amp; Rast</t>
+          <t>Motive Fuels</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>Tank &amp; Rast</t>
+          <t>Motive Fuels</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>Günzenhauser Straße 9</t>
+          <t>Tyseley Energy Park, Hay Mills</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>85376</t>
+          <t>B25 8DW</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>Neufahrn bei Freising</t>
+          <t>Birmingham</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>United Kingdom</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>Nieuwegein</t>
+          <t>Gdynia | Starochwaszczyńska</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Greenpoint</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>Hysolar</t>
+          <t>PAK-PCE STACJE H2 Sp. z o.o.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>Morsebaan 1</t>
+          <t>Starochwaszczyńska</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>3439 NA</t>
+          <t>81-571</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>Nieuwegein</t>
+          <t>Gdynia</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>Netherlands</t>
+          <t>Poland</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Hirschberg</t>
+          <t>Malataverne</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>TEAL Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>Goldbeckstr. 1</t>
+          <t>Les Plaines</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>69493</t>
+          <t>26780</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>Hirschberg an der Bergstraße</t>
+          <t>Malataverne</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>Oldenburg</t>
+          <t>Lyon | Saint-Priest</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>Hympulsion</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>Cloppenburger Str.  154</t>
+          <t>35 Avenue Clément Ader</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>26133</t>
+          <t>69800</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>Oldenburg</t>
+          <t>Saint-Priest</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>Port Talbot</t>
+          <t>Heinenoord | Reedijk</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>University of South Wales</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>University of South Wales</t>
+          <t>Everfuel</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>Baglan</t>
+          <t>Reedijk 7S</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>SA12 7AX</t>
+          <t>3274</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>Port Talbot</t>
+          <t>KE Heinenoord</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>United Kingdom</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>Neumuenster</t>
+          <t>Bolzano</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Hypion Motion Neumünster GmbH &amp; Co. KG</t>
+          <t>IIT Bolzano</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Hypion Motion Neumünster GmbH &amp; Co. KG</t>
+          <t>IIT Bolzano</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>Donaubogen 4</t>
+          <t>Via Enrico Mattei 1</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>24539</t>
+          <t>39100</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>Neumuenster</t>
+          <t>Bolzano</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Italy</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>Paris | Vitry</t>
+          <t>TotalEnergies H2 Leipzig</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>HysetCo</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>Quai Jules Guesde</t>
+          <t>Poststr. 3</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>94400</t>
+          <t>04158</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>Vitry sur Seine</t>
+          <t>Leipzig</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>Weiterstadt</t>
+          <t>Marseille Fos</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>Robert-Koch-Str. 1</t>
+          <t>Zone Industrielle de Fos le Tonkin</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>64331</t>
+          <t>13270</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>Weiterstadt</t>
+          <t>Fos sur Mer</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>France</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>TotalEnergies H2 Veldhoven</t>
+          <t>TotalEnergies H2 Deventer</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>De Run 4232</t>
+          <t>9t Van der Landeweg</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>5503 LL</t>
+          <t>7418 HG</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>Veldhoven</t>
+          <t>Deventer</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>Lohfelden</t>
+          <t>TotalEnergies H2 Roosendaal</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>Alexander-von-Humboldt-Str. 1</t>
+          <t>Aanwas 4</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>34253</t>
+          <t>4704</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>Lohfelden</t>
+          <t>Roosendaal</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
-          <t>Germany</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>Hamburg | Schnackenburgallee</t>
+          <t>TotalEnergies H2 Nuremberg</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>H2 Mobility</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>Schnackenburgallee 12</t>
+          <t>Juraleite 2</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>22525</t>
+          <t>91220</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>Hamburg</t>
+          <t>Hormersdorf</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>Huesca</t>
+          <t>Hallstadt</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Aragon Hydrogen Foundation</t>
+          <t>MorGen Mobility</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Aragon Hydrogen Foundation</t>
+          <t>MorGen Mobility</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>Walqa Technology Park</t>
+          <t>Michelinstr. 95</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>22197</t>
+          <t>96103</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>Huesca</t>
+          <t>Hallstadt</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>Spain</t>
+          <t>Germany</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>Malataverne</t>
+          <t>Rhoon-Rotterdam</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Hympulsion</t>
+          <t>TEAL Mobility</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>Les Plaines</t>
+          <t>Groene Kruisweg 397</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>26780</t>
+          <t>3161 EJ</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>Malataverne</t>
+          <t>Rhoon</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Netherlands</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>Heinenoord | Reedijk</t>
+          <t>Giengen an der Brenz</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>MorGen Mobility</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Everfuel</t>
+          <t>MorGen Mobility</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>Reedijk 7S</t>
+          <t>Frostelstr. 2</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
-          <t>3274</t>
+          <t>89537</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>KE Heinenoord</t>
+          <t>Giengen an der Brenz</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
-        <is>
-[...368 lines deleted...]
-      <c r="G178" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>